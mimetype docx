--- v0 (2025-10-09)
+++ v1 (2025-11-05)
@@ -91,51 +91,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="5727700" cy="2110740"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="6350">
                                 <a:noFill/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="4B617C74" w14:textId="77777777" w:rsidR="00AC2BA9" w:rsidRDefault="00AC2BA9" w:rsidP="001F3E20">
                                   <w:pPr>
                                     <w:pStyle w:val="Title"/>
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w14:paraId="165F715B" w14:textId="0ECF77B7" w:rsidR="004B7E44" w:rsidRPr="00AC2BA9" w:rsidRDefault="00CF1443" w:rsidP="001F3E20">
+                                <w:p w14:paraId="165F715B" w14:textId="508EFFCA" w:rsidR="004B7E44" w:rsidRPr="00AC2BA9" w:rsidRDefault="00CF1443" w:rsidP="001F3E20">
                                   <w:pPr>
                                     <w:pStyle w:val="Title"/>
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                     <w:t>Jason Silvestri</w:t>
                                   </w:r>
                                   <w:r w:rsidR="007E7FA2">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                     <w:t>’s</w:t>
                                   </w:r>
                                   <w:r>
@@ -148,51 +148,51 @@
                                   </w:r>
                                   <w:r w:rsidR="005031BF">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="begin"/>
                                   </w:r>
                                   <w:r w:rsidR="005031BF">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                     <w:instrText xml:space="preserve"> DATE  \@ "yyyy"  \* MERGEFORMAT </w:instrText>
                                   </w:r>
                                   <w:r w:rsidR="005031BF">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="separate"/>
                                   </w:r>
-                                  <w:r w:rsidR="00364A7E">
+                                  <w:r w:rsidR="00895E17">
                                     <w:rPr>
                                       <w:noProof/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                     <w:t>2025</w:t>
                                   </w:r>
                                   <w:r w:rsidR="005031BF">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                     <w:fldChar w:fldCharType="end"/>
                                   </w:r>
                                   <w:r w:rsidR="007E7FA2">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="90"/>
                                       <w:szCs w:val="90"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> Resume</w:t>
                                   </w:r>
                                 </w:p>
@@ -207,51 +207,51 @@
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shapetype w14:anchorId="0CB31D40" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
                     <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:451pt;height:166.2pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq2F+DFwIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911nTi1vI7cRK4q&#10;WUkkp8oZs+BdCRgK2Lvur+/Arj+U9lT1AgNvmI/3hvl9pxU5COcbMCUtRjklwnCoGrMr6Y/X1ac7&#10;SnxgpmIKjCjpUXh6v/j4Yd7amRhDDaoSjmAQ42etLWkdgp1lmee10MyPwAqDoASnWcCj22WVYy1G&#10;1yob5/lt1oKrrAMuvMfbxx6kixRfSsHDs5ReBKJKirWFtLq0buOaLeZstnPM1g0fymD/UIVmjcGk&#10;51CPLDCyd80foXTDHXiQYcRBZyBlw0XqAbsp8nfdbGpmReoFyfH2TJP/f2H502FjXxwJ3VfoUMBI&#10;SGv9zONl7KeTTscdKyWII4XHM22iC4Tj5c10PJ3mCHHExkWRTyeJ2Ozy3DofvgnQJBoldahLoosd&#10;1j5gSnQ9ucRsBlaNUkkbZUhb0tvPN3l6cEbwhTL48FJstEK37YYOtlAdsTEHvebe8lWDydfMhxfm&#10;UGQsGAc3POMiFWASGCxKanC//nYf/ZF7RClpcWhK6n/umROUqO8GVflSTLB1EtJhgrzgwV0j22vE&#10;7PUD4FwW+EUsT2b0D+pkSgf6Ded7GbMixAzH3CUNJ/Mh9KOM/4OL5TI54VxZFtZmY3kMHemM1L52&#10;b8zZgf+A0j3BabzY7J0MvW8vxHIfQDZJo0hwz+rAO85kkm74P3Hor8/J6/LLF78BAAD//wMAUEsD&#10;BBQABgAIAAAAIQDk34ge3QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb&#10;3Ziq1JhNKYEiiB5ae/E2yU6TYHY2Zrdt9Nc7etHLg8cb3vsmX06uV0caQ+fZwPUsAUVce9txY2D3&#10;ur5agAoR2WLvmQx8UoBlcX6WY2b9iTd03MZGSQmHDA20MQ6Z1qFuyWGY+YFYsr0fHUaxY6PtiCcp&#10;d71Ok+ROO+xYFlocqGypft8enIGncv2Cmyp1i6++fHzer4aP3dutMZcX0+oBVKQp/h3DD76gQyFM&#10;lT+wDao3II/EX5XsPknFVgbm8/QGdJHr//TFNwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCq2F+DFwIAAC0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDk34ge3QAAAAUBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="4B617C74" w14:textId="77777777" w:rsidR="00AC2BA9" w:rsidRDefault="00AC2BA9" w:rsidP="001F3E20">
                             <w:pPr>
                               <w:pStyle w:val="Title"/>
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="165F715B" w14:textId="0ECF77B7" w:rsidR="004B7E44" w:rsidRPr="00AC2BA9" w:rsidRDefault="00CF1443" w:rsidP="001F3E20">
+                          <w:p w14:paraId="165F715B" w14:textId="508EFFCA" w:rsidR="004B7E44" w:rsidRPr="00AC2BA9" w:rsidRDefault="00CF1443" w:rsidP="001F3E20">
                             <w:pPr>
                               <w:pStyle w:val="Title"/>
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                               <w:t>Jason Silvestri</w:t>
                             </w:r>
                             <w:r w:rsidR="007E7FA2">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                               <w:t>’s</w:t>
                             </w:r>
                             <w:r>
@@ -264,51 +264,51 @@
                             </w:r>
                             <w:r w:rsidR="005031BF">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="begin"/>
                             </w:r>
                             <w:r w:rsidR="005031BF">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                               <w:instrText xml:space="preserve"> DATE  \@ "yyyy"  \* MERGEFORMAT </w:instrText>
                             </w:r>
                             <w:r w:rsidR="005031BF">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="separate"/>
                             </w:r>
-                            <w:r w:rsidR="00364A7E">
+                            <w:r w:rsidR="00895E17">
                               <w:rPr>
                                 <w:noProof/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                               <w:t>2025</w:t>
                             </w:r>
                             <w:r w:rsidR="005031BF">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                               <w:fldChar w:fldCharType="end"/>
                             </w:r>
                             <w:r w:rsidR="007E7FA2">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="90"/>
                                 <w:szCs w:val="90"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Resume</w:t>
                             </w:r>
                           </w:p>
@@ -605,51 +605,51 @@
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A3DD57D" wp14:editId="017F816A">
                       <wp:extent cx="6125101" cy="1509963"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="6" name="Text Box 6"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="6125101" cy="1509963"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="6350">
                                 <a:noFill/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w14:paraId="5B3FA427" w14:textId="1D74E451" w:rsidR="00150F9B" w:rsidRDefault="00CC558A" w:rsidP="001F3E20">
+                                <w:p w14:paraId="5B3FA427" w14:textId="171C8CCF" w:rsidR="00150F9B" w:rsidRDefault="00CC558A" w:rsidP="001F3E20">
                                   <w:pPr>
                                     <w:pStyle w:val="Heading1"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">v </w:t>
                                   </w:r>
                                   <w:r w:rsidR="00403C6F" w:rsidRPr="00403C6F">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>202</w:t>
                                   </w:r>
@@ -687,65 +687,57 @@
                                   </w:r>
                                   <w:r w:rsidR="0094331B">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>6</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00403C6F" w:rsidRPr="00403C6F">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>.</w:t>
                                   </w:r>
                                   <w:r w:rsidR="006B2C94">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                     <w:t>0</w:t>
                                   </w:r>
-                                  <w:r w:rsidR="0094331B">
+                                  <w:r w:rsidR="00895E17">
                                     <w:rPr>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
-                                    <w:t>5</w:t>
-[...7 lines deleted...]
-                                    <w:t>7</w:t>
+                                    <w:t>63</w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="586B6E80" w14:textId="77777777" w:rsidR="00CC558A" w:rsidRPr="00CC558A" w:rsidRDefault="00CC558A" w:rsidP="001F3E20">
                                   <w:pPr>
                                     <w:pStyle w:val="Heading1"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="28"/>
                                       <w:szCs w:val="28"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                                 <w:p w14:paraId="528EA4BF" w14:textId="347AEB4B" w:rsidR="00CC558A" w:rsidRDefault="00CC558A" w:rsidP="001F3E20">
                                   <w:pPr>
                                     <w:pStyle w:val="Heading1"/>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                       <w:b w:val="0"/>
                                       <w:bCs/>
                                       <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
@@ -850,51 +842,51 @@
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                     <w:t>:</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shape w14:anchorId="3A3DD57D" id="Text Box 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="width:482.3pt;height:118.9pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvJ75ZHAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8L0lYoCUirOiuqCqh&#10;3ZXYas/GsUkkx+PahoT++o6d8KFtT1Uvk7FnMh/vPS/uu0aRo7CuBl3QbJRSIjSHstb7gv54XX/6&#10;QonzTJdMgRYFPQlH75cfPyxak4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tPuktKzF&#10;6o1Kxmk6S1qwpbHAhXN4+9gH6TLWl1Jw/yylE56oguJsPlob7S7YZLlg+d4yU9V8GIP9wxQNqzU2&#10;vZR6ZJ6Rg63/KNXU3IID6UccmgSkrLmIO+A2Wfpum23FjIi7IDjOXGBy/68sfzpuzYslvvsKHRIY&#10;AGmNyx1ehn06aZvwxUkJxhHC0wU20XnC8XKWjadZmlHCMZZN0/l8dhfqJNffjXX+m4CGBKegFnmJ&#10;cLHjxvk+9ZwSumlY10pFbpQmLba4m6bxh0sEiyuNPa7DBs93u47UZUHH50V2UJ5wPws99c7wdY0z&#10;bJjzL8wi17gS6tc/o5EKsBcMHiUV2F9/uw/5SAFGKWlROwV1Pw/MCkrUd43kzLPJJIgtHibTz2M8&#10;2NvI7jaiD80DoDwRQJwuuiHfq7MrLTRvKPNV6Iohpjn2Lqg/uw++VzQ+Ey5Wq5iE8jLMb/TW8FA6&#10;oBoQfu3emDUDDR4ZfIKzylj+jo0+t+djdfAg60hVwLlHdYAfpRnJHp5R0P7tOWZdH/vyNwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhALvvfN/eAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2EZwZvdGDWNMZtSAkUQe2jtpbdJdpoEs7Mxu22jv97Vi14GHu/x3jf5YjK9ONHoOssKbmcRCOLa&#10;6o4bBbu31U0Kwnlkjb1lUvBJDhbF5UWOmbZn3tBp6xsRSthlqKD1fsikdHVLBt3MDsTBO9jRoA9y&#10;bKQe8RzKTS/jKEqkwY7DQosDlS3V79ujUfBSrta4qWKTfvXl8+thOXzs9g9KXV9NyycQnib/F4Yf&#10;/IAORWCq7JG1E72C8Ij/vcF7TO4TEJWC+G6egixy+Z+++AYAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCvJ75ZHAIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC773zf3gAAAAUBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="5B3FA427" w14:textId="1D74E451" w:rsidR="00150F9B" w:rsidRDefault="00CC558A" w:rsidP="001F3E20">
+                          <w:p w14:paraId="5B3FA427" w14:textId="171C8CCF" w:rsidR="00150F9B" w:rsidRDefault="00CC558A" w:rsidP="001F3E20">
                             <w:pPr>
                               <w:pStyle w:val="Heading1"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve">v </w:t>
                             </w:r>
                             <w:r w:rsidR="00403C6F" w:rsidRPr="00403C6F">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>202</w:t>
                             </w:r>
@@ -932,65 +924,57 @@
                             </w:r>
                             <w:r w:rsidR="0094331B">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="00403C6F" w:rsidRPr="00403C6F">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                             <w:r w:rsidR="006B2C94">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>0</w:t>
                             </w:r>
-                            <w:r w:rsidR="0094331B">
+                            <w:r w:rsidR="00895E17">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
-                              <w:t>5</w:t>
-[...7 lines deleted...]
-                              <w:t>7</w:t>
+                              <w:t>63</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="586B6E80" w14:textId="77777777" w:rsidR="00CC558A" w:rsidRPr="00CC558A" w:rsidRDefault="00CC558A" w:rsidP="001F3E20">
                             <w:pPr>
                               <w:pStyle w:val="Heading1"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="528EA4BF" w14:textId="347AEB4B" w:rsidR="00CC558A" w:rsidRDefault="00CC558A" w:rsidP="001F3E20">
                             <w:pPr>
                               <w:pStyle w:val="Heading1"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                                 <w:b w:val="0"/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
@@ -1728,88 +1712,87 @@
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7740"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="3150"/>
       </w:tblGrid>
       <w:tr w:rsidR="003062DB" w14:paraId="05A5C4DB" w14:textId="77777777" w:rsidTr="00587FAE">
         <w:trPr>
           <w:trHeight w:val="12717"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="144" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="144" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30ED71FA" w14:textId="77777777" w:rsidR="003062DB" w:rsidRPr="00334EE6" w:rsidRDefault="003062DB" w:rsidP="00D62023">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_EXPERIENCE"/>
             <w:bookmarkStart w:id="2" w:name="_Toc114231072"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="4B6352F8">
               <w:lastRenderedPageBreak/>
               <w:t>EXPERIENCE</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
           <w:p w14:paraId="2C328649" w14:textId="7D7FD93A" w:rsidR="004239DD" w:rsidRDefault="004239DD" w:rsidP="004239DD">
             <w:pPr>
               <w:pStyle w:val="Heading4"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Primary_Objective"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans"/>
               </w:rPr>
               <w:t>Primary Objective</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6322411C" w14:textId="034E2D51" w:rsidR="00A250BA" w:rsidRDefault="009179A0" w:rsidP="00A250BA">
+          <w:p w14:paraId="3DF2828A" w14:textId="1EEE54DE" w:rsidR="001D5AE2" w:rsidRDefault="009179A0" w:rsidP="009179A0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009179A0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">As a </w:t>
             </w:r>
             <w:r w:rsidR="00A250BA" w:rsidRPr="009179A0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>successful &amp;</w:t>
             </w:r>
             <w:r w:rsidRPr="009179A0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> well-known Solution Architect, </w:t>
             </w:r>
             <w:r w:rsidR="001279A3">
@@ -1818,3049 +1801,3189 @@
               </w:rPr>
               <w:t xml:space="preserve">&amp; </w:t>
             </w:r>
             <w:r w:rsidRPr="009179A0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">Lead Sr., </w:t>
             </w:r>
             <w:r w:rsidR="00C84966">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>Multi-Platform</w:t>
             </w:r>
             <w:r w:rsidR="001279A3">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009179A0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t>.NET Developer, I help separate some of the World's most innovative Startups &amp; Fortune 500s from their competition</w:t>
+              <w:t>.NET Developer,</w:t>
+            </w:r>
+            <w:r w:rsidR="009C707E">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA" w:rsidRPr="009179A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I have more than </w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA" w:rsidRPr="009179A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>years</w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA" w:rsidRPr="009179A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of experience, using over 40 different </w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Desktop, Web, &amp; Mobile</w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA" w:rsidRPr="009179A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> technologies, IDEs, Design Patterns, Best Practices, and </w:t>
+            </w:r>
+            <w:r w:rsidR="008B29AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Development Standards</w:t>
             </w:r>
             <w:r w:rsidR="00F4791A">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>, with my</w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA" w:rsidRPr="009179A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> primar</w:t>
             </w:r>
             <w:r w:rsidR="00A250BA">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="18053CF6" w14:textId="77777777" w:rsidR="00A250BA" w:rsidRDefault="00A250BA" w:rsidP="00A250BA">
+              <w:t>y focus</w:t>
+            </w:r>
+            <w:r w:rsidR="008B29AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> today</w:t>
+            </w:r>
+            <w:r w:rsidR="00F4791A">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> creating enterprise-level, multi-platform, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F4791A" w:rsidRPr="009179A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>full-stack</w:t>
+            </w:r>
+            <w:r w:rsidR="00F4791A">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>, web, desktop, native mobile and responsive mobile</w:t>
+            </w:r>
+            <w:r w:rsidR="00F4791A" w:rsidRPr="009179A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> user experiences</w:t>
+            </w:r>
+            <w:r w:rsidR="00851EE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="323C66FA" w14:textId="77777777" w:rsidR="00BC0CA6" w:rsidRPr="009179A0" w:rsidRDefault="00BC0CA6" w:rsidP="00BC0CA6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3DF2828A" w14:textId="52653439" w:rsidR="001D5AE2" w:rsidRDefault="00A250BA" w:rsidP="009179A0">
+          <w:p w14:paraId="15743BB6" w14:textId="474656F4" w:rsidR="000C0D1C" w:rsidRDefault="001426EC" w:rsidP="002E0EB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009179A0">
-[...4 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t>25</w:t>
-[...154 lines deleted...]
-              </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="002E0EB2" w:rsidRPr="009179A0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t>he company structure I look for is that of a relatively stable environment, with an engaging philosophy, smart &amp; collaborative teams, and a friendly but firm culture.</w:t>
+              <w:t xml:space="preserve">he company structure I look for is </w:t>
+            </w:r>
+            <w:r w:rsidR="00C054AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">one with </w:t>
+            </w:r>
+            <w:r w:rsidR="002E0EB2" w:rsidRPr="009179A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>an engaging philosophy, smart &amp; collaborative teams, and a friendly but firm culture.</w:t>
             </w:r>
             <w:r w:rsidR="002E0EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> At the same time, </w:t>
             </w:r>
             <w:r w:rsidR="002E0EB2" w:rsidRPr="009179A0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>I’m completely outfitted, capable, and competent to work in most environments, including “</w:t>
             </w:r>
             <w:r w:rsidR="002E0EB2" w:rsidRPr="009D4952">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>high-pressure situations</w:t>
             </w:r>
             <w:r w:rsidR="002E0EB2" w:rsidRPr="009179A0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>”, whether it be On-Site, Remotely, or in a Hybrid setting,</w:t>
             </w:r>
             <w:r w:rsidR="002E0EB2">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r w:rsidR="002E0EB2" w:rsidRPr="009179A0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> regardless of travel time, location, relocation, etc. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="171C821D" w14:textId="77777777" w:rsidR="000C0D1C" w:rsidRDefault="000C0D1C" w:rsidP="002E0EB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="41390952" w14:textId="07DA4E44" w:rsidR="002E0EB2" w:rsidRPr="009179A0" w:rsidRDefault="001D6F53" w:rsidP="002E0EB2">
+          <w:p w14:paraId="78BFE0C2" w14:textId="12A14BDA" w:rsidR="00482D57" w:rsidRPr="009179A0" w:rsidRDefault="001D6F53" w:rsidP="002E0EB2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">I’ve been told </w:t>
             </w:r>
             <w:r w:rsidR="00FE20FD">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t>’m surprising cool, a pleasure to be around, honest, polite,</w:t>
+              <w:t>’m surprising cool</w:t>
+            </w:r>
+            <w:r w:rsidR="00895E17">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> given the responsibilities I often carry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>, a pleasure to be around, honest, polite,</w:t>
             </w:r>
             <w:r w:rsidR="00204FA1">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> considerate </w:t>
             </w:r>
             <w:r w:rsidR="00963414">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> other’s concerns. I also</w:t>
             </w:r>
             <w:r w:rsidR="00FE20FD">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> understand my career portfolio may intimate some Sr. Level Engineers. I can respect that</w:t>
             </w:r>
             <w:r w:rsidR="000C0D1C">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:r w:rsidR="00895E17">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Most would be happy to know that </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE20FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:r w:rsidR="00895E17">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">am </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE20FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>well past the business politics, climbing ladders</w:t>
+            </w:r>
+            <w:r w:rsidR="000233C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE20FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>self-preservation</w:t>
+            </w:r>
+            <w:r w:rsidR="000233C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that tend to grapple most of us</w:t>
+            </w:r>
+            <w:r w:rsidR="00723FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in your average workplace. I’m</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000233C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>still young enough to</w:t>
+            </w:r>
+            <w:r w:rsidR="000C0D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> enjoy the thrill of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00723FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>hunt and</w:t>
+            </w:r>
+            <w:r w:rsidR="000233C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> absolutely love doing what I </w:t>
+            </w:r>
             <w:r w:rsidR="002548F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC7DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00723FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000C0D1C">
-[...3 lines deleted...]
-              <w:t>A</w:t>
+            <w:r w:rsidR="00BC7DD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="00723FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ut </w:t>
+            </w:r>
+            <w:r w:rsidR="00851EE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">also </w:t>
             </w:r>
             <w:r w:rsidR="002548F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t>nd p</w:t>
-[...19 lines deleted...]
-            <w:r w:rsidR="003B7E74">
+              <w:t>old enough</w:t>
+            </w:r>
+            <w:r w:rsidR="00647011">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to know we have a job to</w:t>
+            </w:r>
+            <w:r w:rsidR="00723FEF">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do. </w:t>
+            </w:r>
+            <w:r w:rsidR="00380317">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">It’s about </w:t>
+            </w:r>
+            <w:r w:rsidR="00851EE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>pure</w:t>
+            </w:r>
+            <w:r w:rsidR="00380317">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> team collaboration, regularly following and improving development standards, and </w:t>
+            </w:r>
+            <w:r w:rsidR="00890B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">being one of </w:t>
+            </w:r>
+            <w:r w:rsidR="00380317">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>a team made up of individuals that are just as confident in their epic skills, as they are acknowledging their biggest weaknesses,</w:t>
+            </w:r>
+            <w:r w:rsidR="00890B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> all with the common</w:t>
+            </w:r>
+            <w:r w:rsidR="00380317">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00890B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">goal </w:t>
+            </w:r>
+            <w:r w:rsidR="00380317">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>to help each other succeed &amp; grow</w:t>
+            </w:r>
+            <w:r w:rsidR="00895E17">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>, and to do what’s best for the business</w:t>
+            </w:r>
+            <w:r w:rsidR="00380317">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00FE20FD">
-[...56 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w14:paraId="6CFE400C" w14:textId="1760C3E6" w:rsidR="00000D7A" w:rsidRDefault="00000D7A" w:rsidP="00000D7A">
+            <w:pPr>
+              <w:pStyle w:val="Heading4"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t>Work History</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E9BF699" w14:textId="43B9DCA3" w:rsidR="00482D57" w:rsidRPr="007565E9" w:rsidRDefault="00482D57" w:rsidP="00482D57">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t>InCareSys</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00482D57">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t>Independent Care Systems Inc (ICSI)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) | </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>Irvin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007565E9">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>TX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007565E9">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> | Solution Architect, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>Multi-Platform</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007565E9">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Engineer </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C9B8EF3" w14:textId="777AB3D7" w:rsidR="00482D57" w:rsidRDefault="00482D57" w:rsidP="004931C2">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>LONG</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D202BD">
+              <w:t>-term Contract</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C22E9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000233C7">
-[...203 lines deleted...]
-            <w:r w:rsidR="00F07425" w:rsidRPr="005C22E9">
+            <w:r w:rsidRPr="005C22E9">
               <w:rPr>
                 <w:rStyle w:val="Heading6Char"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>|</w:t>
             </w:r>
-            <w:r w:rsidR="00714E01">
-[...5 lines deleted...]
-                <w:szCs w:val="17"/>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006F129E" w:rsidRPr="006D4DB8">
-[...13 lines deleted...]
-                <w:rStyle w:val="Heading6Char"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t>FEB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002D4833">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t>NOV</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:eastAsia="Open Sans"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-            <w:bookmarkStart w:id="6" w:name="_Hlk167748495"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
-              <w:t xml:space="preserve">I’m one of those people who you hear lost a lot when the </w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A1636A">
-[...1116 lines deleted...]
-          <w:p w14:paraId="11433959" w14:textId="49DA252F" w:rsidR="00855385" w:rsidRDefault="00855385" w:rsidP="00855385">
+          </w:p>
+          <w:p w14:paraId="5473DB24" w14:textId="1C99AE24" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="00482D57" w:rsidP="004931C2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
-                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="39717BF6" w14:textId="53319E64" w:rsidR="00855385" w:rsidRDefault="00855385" w:rsidP="00855385">
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">My most recent responsibilities </w:t>
+            </w:r>
+            <w:r w:rsidR="004931C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">have been as the sole developer responsible for the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2107F" w:rsidRPr="00E2107F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Self Health®</w:t>
+            </w:r>
+            <w:r w:rsidR="004931C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> enterprise-level application development of the following projects:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BAADCC0" w14:textId="2943927B" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:lastRenderedPageBreak/>
+              <w:t>SelfHealth.Core</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="64E3A86F" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
-              <w:rPr>
-[...13 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Domain-centric layer for models, validation logic, and shared service abstractions.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC19FBE" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="_Hlk167749243"/>
-[...74 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">Entities and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>ValueObjects</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> representing patient, provider, and record contexts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B19E156" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...92 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">Central </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>IResult</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">&lt;T&gt; / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>ResultFactory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> pattern for uniform responses</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C30AF34" w14:textId="13AC924B" w:rsidR="004931C2" w:rsidRDefault="004931C2" w:rsidP="006701EC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...77 lines deleted...]
-          <w:p w14:paraId="0A0BC357" w14:textId="32D6FD52" w:rsidR="006260D9" w:rsidRDefault="006260D9" w:rsidP="006260D9">
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Shared configuration and constants (brand, licensing, telemetry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F692A5" w14:textId="35F17C0C" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>SelfHealth.ML</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4964BF59" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...72 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Machine-Learning and analytics layer.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="390D9977" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...84 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Predictive health metrics (vitals trends, adherence risk)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59C545CB" w14:textId="3B3B059C" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...64 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>ML.NET pipelines for inference</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0013553E" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...71 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">Shared </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>ModelRegistry.json</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> for model versioning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22019B0C" w14:textId="16213A02" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Future: integration with PaLMs{} workflow export and inference sandbox</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C77868A" w14:textId="260B7E86" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A45147">
-[...3 lines deleted...]
-              <w:t>OpSec</w:t>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>SelfHealth.WebApi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A45147">
-[...79 lines deleted...]
-          <w:p w14:paraId="3982E9AD" w14:textId="158BAFFA" w:rsidR="00B17B04" w:rsidRDefault="006D73E7" w:rsidP="00B17B04">
+          </w:p>
+          <w:p w14:paraId="30710F4F" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...77 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Public API surface; bridges Core, Data, and Presentation.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C6525DC" w14:textId="31E2E339" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...95 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>ASP.NET Core 9 Minimal API controllers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F6A52CC" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...55 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>JWT + OIDC authentication</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF728E9" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:rPr>
-[...55 lines deleted...]
-            <w:pPr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>EnvelopeValidator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Web endpoints (/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>selfhealth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>/v1/envelope/*)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AFDEDF7" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">Integrated Swagger / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>ReDoc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> with health checks and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>OpenTelemetry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> exporters</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46919E24" w14:textId="4A86A893" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>SelfHealth.Data</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5B6C9CC0" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> EF Core 9 data access layer.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70C64B23" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>DbContext</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> per domain (Vault, Core, ML)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="023D724F" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Fluent configuration + migrations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A56E618" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">Connection factory supporting Azure SQL and SQLite </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>fallback</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="3907C262" w14:textId="6DC08835" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Secretless</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> data access integration via Vault project</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D215EA4" w14:textId="1ACCACA4" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>SelfHealth.Vault</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3438B450" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Encrypted secrets + configuration management.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E6A28EA" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>AES-256 + DPAPI hybrid key store</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B0A0A1" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Secret rotation API with audit trails</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="180F11A3" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Optional Azure Key Vault / local JSON store bridging</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50C7DAE7" w14:textId="145701C4" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:lastRenderedPageBreak/>
+              <w:t>Self-signing license and environment token generator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FB207B8" w14:textId="6315A781" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>SelfHealth.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Presentation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2BDF0279" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Razor Class Library for dashboards and shared UI.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="256EB3A0" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Blazor Server components for reports and live health stats</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22EDC889" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Shared Bootstrap 5.3 themes and icons</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6223A353" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">Reusable layout partials (Header.md, Footer.md) mapped via </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Docs</w:t>
+            </w:r>
+            <w:r>
+              <w:t>X</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3A23688B" w14:textId="2CEB8395" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>SelfHealth.MauiHybrid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7B6E7E93" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Cross-platform MAUI Hybrid app (Windows + Mobile).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58FAC4B0" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>WebView-hybrid embedding of Blazor components</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2758745F" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Local offline caching + telemetry sync</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07753197" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Integrates Helix/Lumina Gate for offline seed validation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21EB6A55" w14:textId="5A562785" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">Host for </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>SelfHealth.Halos.Maui.Shared</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> UI modules</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F5B07A2" w14:textId="498D560D" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>SelfHealth.Utilities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4240BA01" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Shared tooling and automation scripts.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="482C7E45" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>PowerShell + Node scripts for CI, normalization, tagging, and gating</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF508F6" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Centralized Halos Gate Toolchain entry point (lumina-gate.ps1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14D560C2" w14:textId="02CFC60C" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>JSON schema validators and markdown processors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58EDAEF1" w14:textId="523FE63D" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>SelfHealth.DocumentManagement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="315D43CB" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Document pipeline for markdown, PDFs, and templates.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61FEA054" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>DocsX</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>include</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>/match processor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0059B1B4" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Markdown → PDF/Word/HTML converters</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C02EB2F" w14:textId="3019362B" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">Future home of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>DocsX</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Mapping Validator + AA Alerts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B5C9DFC" w14:textId="78708B19" w:rsidR="004931C2" w:rsidRPr="009C707E" w:rsidRDefault="004931C2" w:rsidP="009C707E">
+            <w:pPr>
+              <w:pStyle w:val="WorkflowStateDefinitionHeading3"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C707E">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+              <w:t>SelfHealth.Unitx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3B25B05A" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> Unified testing framework.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004931C2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Highlights</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FEB4470" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>xUnit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve"> test harness for Core, Data, and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>WebApi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6FAD4B0F" w14:textId="77777777" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t xml:space="preserve">Coverage gating (≥ 95%) enforced via </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>EnvelopeValidator</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4772DEAC" w14:textId="5057C7F4" w:rsidR="004931C2" w:rsidRPr="004931C2" w:rsidRDefault="004931C2" w:rsidP="004931C2">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004931C2">
+              <w:t>Snapshot testing for materialized envelopes and reports</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35784CCD" w14:textId="77777777" w:rsidR="00075678" w:rsidRPr="007565E9" w:rsidRDefault="00855385" w:rsidP="00B22839">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_xaaouzhnt2a" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:id="5" w:name="_Red_Curve_Solutions,"/>
+            <w:bookmarkStart w:id="6" w:name="_Hlk167749008"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>RCS (RED CURVE SOLUTIONS, INC.)</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007565E9">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beverly, MA | Solution Architect, Lead Sr. Web Software Engineer </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F9DC88B" w14:textId="13235CA2" w:rsidR="00075678" w:rsidRPr="00075678" w:rsidRDefault="00075678" w:rsidP="00B22839">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Full-Time</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C22E9">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C22E9">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidR="00855385" w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> JUN 2018 - FEB 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11433959" w14:textId="49DA252F" w:rsidR="00855385" w:rsidRDefault="00855385" w:rsidP="00855385">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="_Hlk167749133"/>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Engaged with Red Curve Solutions in Beverly, MA, as the Lead Sr. Web Software Engineer. Took on a unique role as a contractor transitioning to a permanent position, leading the internal Development Team in a company previously outsourcing all software projects. Key accomplishments include spearheading the creation of a suite of software products, notably the flagship product Vortex 2.0</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="_Hlk167749158"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidR="00FD652B">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, using </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Azure / Cloud, DevOps, VSTS (Teams Foundation), HTML5, CSS3, Asp.NET Core 1 – 2.8, MVC (C# &amp; Razor), jQuery, JavaScript, Bootstrap, Entity Framework, SQL Server, Web Services, Web APIs, JSON, and Photoshop.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39717BF6" w14:textId="53319E64" w:rsidR="00855385" w:rsidRDefault="00855385" w:rsidP="00855385">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="_Hlk167749207"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Developed and maintained custom accounting software exclusively managing campaign proceeds for the United States Republic Party over the past decade. Worked with prominent clients including Governor Charlie Baker, Senator Mitt Romney, and former President Donald J. Trump.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C6EC412" w14:textId="57BEF108" w:rsidR="003062DB" w:rsidRDefault="00855385" w:rsidP="00685A9B">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:after="100" w:afterAutospacing="1"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="_Hlk167749243"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="00855385">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Served as Lead Sr. Web Software Developer for almost 3 years. Currently on-call for knowledge sharing sessions and emergencies, maintaining a work laptop. Objectives are complete, and new clients or employers are the current priority</w:t>
+            </w:r>
+            <w:r w:rsidR="003062DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="401ACF4B" w14:textId="5286F624" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="00877CEE">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="_Hlk167749352"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00877CEE">
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="00877CEE" w:rsidRPr="00877CEE">
+              <w:t xml:space="preserve">PTUM / UHG / DOVETAIL HEALTH </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidR="00877CEE" w:rsidRPr="00877CEE">
+              <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:r w:rsidR="00877CEE" w:rsidRPr="00685A9B">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>Waltham, MA | Sr. Software Engineer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BE35624" w14:textId="353B2384" w:rsidR="005C22E9" w:rsidRPr="005C22E9" w:rsidRDefault="00440C9E" w:rsidP="005C22E9">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="_Hlk167749399"/>
+            <w:r>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440C9E">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C22E9" w:rsidRPr="005C22E9">
+              <w:t xml:space="preserve">Extended Contract </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidR="005C22E9" w:rsidRPr="005C22E9">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>| JAN 2017 - MAR 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EAEFF20" w14:textId="10C5524A" w:rsidR="00877CEE" w:rsidRDefault="00877CEE" w:rsidP="00D62023">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="_Hlk167749428"/>
+            <w:r w:rsidRPr="00877CEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Collaborated with Optum / UHG / Dovetail Health in Waltham, MA, as a Sr. Software Engineer. Worked on HIPAA-compliant healthcare software using AWS / Cloud, HTML5, CSS3, .NET 4.5 - 4.6.1, MVC (C# &amp; Razor), jQuery, JavaScript, Bootstrap, Entity Framework, SQL Server, Web Services, Web API, AngularJS, JSON &amp; Photoshop. Extended my contracted term with five extensions, contributing to a successful merger &amp; acquisition effort</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3157FE7D" w14:textId="77777777" w:rsidR="005C22E9" w:rsidRDefault="00877CEE" w:rsidP="00877CEE">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="_Hlk187287466"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="00877CEE">
+              <w:t xml:space="preserve">TOPPLER™ | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685A9B">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mansfield, MA | </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="_Hlk187287631"/>
+            <w:r w:rsidRPr="00685A9B">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>Lead Designer, Client-Side Developer, Server-Side Developer</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w14:paraId="35F5ADBB" w14:textId="003E7BC2" w:rsidR="00877CEE" w:rsidRPr="008432C6" w:rsidRDefault="00440C9E" w:rsidP="008432C6">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440C9E">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C22E9" w:rsidRPr="008432C6">
+              <w:t>Extended Contract</w:t>
+            </w:r>
+            <w:r w:rsidR="008432C6" w:rsidRPr="008432C6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C22E9" w:rsidRPr="008432C6">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="_Hlk187287672"/>
+            <w:r w:rsidR="00877CEE" w:rsidRPr="008432C6">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>MAR 2016 - JAN 2017</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+          </w:p>
+          <w:p w14:paraId="130973A2" w14:textId="13B348B0" w:rsidR="00422F39" w:rsidRDefault="00877CEE" w:rsidP="00422F39">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="_Hlk187287751"/>
+            <w:r w:rsidRPr="00877CEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Led design, client-side development, server-side development, and SQL Server/Entity Framework architecture for my own product, Toppler™, located in Mansfield, MA. Utilized Azure Cloud, HTML5, CSS3, .NET 4.6.1, MVC (C# &amp; Razor), jQuery, Entity Framework, SQL Server, Web Services, Web API, AngularJS</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04F7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00877CEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Raised over $32,000 in funding and managed all aspects of graphic design, UX, UI, client-side, server-side, and database architecture</w:t>
+            </w:r>
+            <w:r w:rsidR="00422F39">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA5B749" w14:textId="5F6DC290" w:rsidR="00422F39" w:rsidRDefault="006260D9" w:rsidP="00422F39">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="_Hlk187287916"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="006260D9">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">AESC | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00685A9B">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">North Attleboro, MA | Sr. Software Engineer </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w14:paraId="6C78F1B6" w14:textId="4F3D6515" w:rsidR="005C22E9" w:rsidRPr="00D202BD" w:rsidRDefault="00D202BD" w:rsidP="00D202BD">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D202BD">
+              <w:t>short-term</w:t>
+            </w:r>
+            <w:r w:rsidR="005C22E9" w:rsidRPr="00D202BD">
+              <w:t xml:space="preserve"> Contract</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C22E9" w:rsidRPr="00D202BD">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>| DEC 2015 - FEB 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A0BC357" w14:textId="32D6FD52" w:rsidR="006260D9" w:rsidRDefault="006260D9" w:rsidP="006260D9">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="_Hlk187287984"/>
+            <w:r w:rsidRPr="006260D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Worked with AESC in North Attleboro, MA, as a Sr. Software Engineer. Led the development of the new Utility Cloud custom CMS web application using HTML5, CSS, JavaScript, Asp.NET 4.5.2, Entity Framework, JSON, Bootstrap &amp; jQuery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p w14:paraId="77AD70BA" w14:textId="77777777" w:rsidR="00D202BD" w:rsidRDefault="006260D9" w:rsidP="006260D9">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006260D9">
+              <w:t xml:space="preserve">TRIP ADVISOR | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Needham, MA | </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="_Hlk187288245"/>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>Sr. Web Solution Architect &amp; Sr. Web Application Developer</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
+          </w:p>
+          <w:p w14:paraId="0051A4B8" w14:textId="2994823F" w:rsidR="006260D9" w:rsidRPr="00D202BD" w:rsidRDefault="00D202BD" w:rsidP="00D202BD">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D202BD">
+              <w:t xml:space="preserve">short-term Contract </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D202BD">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:r w:rsidR="006260D9" w:rsidRPr="00D202BD">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AUG 2015 - SEP 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10FD29FC" w14:textId="1E4E7994" w:rsidR="006260D9" w:rsidRDefault="006260D9" w:rsidP="006260D9">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="_Hlk187288290"/>
+            <w:r w:rsidRPr="006260D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Provided emergency assistance to Trip Advisor in Needham, MA, as a Sr. Web Solution Architect &amp; Sr. Web Application Developer. Contributed expertise in HTML5, CSS, JavaScript, Bootstrap, Asp.NET 4.5.2, ADO.NET, and SQL Server</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F83AAC" w14:textId="0D8FB23F" w:rsidR="00765BA3" w:rsidRDefault="006260D9" w:rsidP="006260D9">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="_Hlk187288623"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidRPr="006260D9">
+              <w:t>DASSAULT SYSTEMES</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="006260D9">
+              <w:t xml:space="preserve"> | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>Waltham, MA | Sr. Web Solution Architect &amp; Lead Sr. Web Application Developer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B4067DC" w14:textId="5CC71334" w:rsidR="006260D9" w:rsidRDefault="00440C9E" w:rsidP="00765BA3">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440C9E">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004F1D35">
+              <w:t>extended</w:t>
+            </w:r>
+            <w:r w:rsidR="00765BA3" w:rsidRPr="00D202BD">
+              <w:t xml:space="preserve"> Contract</w:t>
+            </w:r>
+            <w:r w:rsidR="00765BA3">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00765BA3" w:rsidRPr="00D202BD">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:r w:rsidR="006260D9" w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AUG 2014 - APR 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40BA0A69" w14:textId="3C9EBAB4" w:rsidR="006260D9" w:rsidRDefault="006260D9" w:rsidP="006260D9">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="_Hlk187288708"/>
+            <w:r w:rsidRPr="006260D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Led front-end development and web architecture for the 1.2 million user R&amp;D project, 3DCONTENTCentral, at Dassault Systemes in Waltham, MA. Employed HTML5, CSS, JavaScript, Bootstrap, jQuery, and other JavaScript-based solutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E64A10A" w14:textId="77777777" w:rsidR="007E54DC" w:rsidRDefault="00C066F5" w:rsidP="006260D9">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="_Hlk187288959"/>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r w:rsidRPr="00C066F5">
+              <w:t xml:space="preserve">PRINCESS HOUSE | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>Taunton, MA | Sr. Web Solution Architect &amp; Web Application Developer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C2E3EE1" w14:textId="48B56741" w:rsidR="006260D9" w:rsidRDefault="007E54DC" w:rsidP="007E54DC">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00D202BD">
+              <w:t>short-term Contract</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D202BD">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidR="00C066F5" w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MAR 2014 - MAY 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25A8E1EA" w14:textId="5C982D57" w:rsidR="006260D9" w:rsidRDefault="00C066F5" w:rsidP="006260D9">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C066F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Filled a 2-month maternity leave position at Princess House in Taunton, MA, as a Sr. Web Solution Architect and Web Application Developer. Programmed updates to CMS systems using Asp.NET, HTML, CSS &amp; JavaScript client-side markup.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29077704" w14:textId="77777777" w:rsidR="006E385D" w:rsidRDefault="00A45147" w:rsidP="006260D9">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45147">
+              <w:t xml:space="preserve">OPSEC SECURITY | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Boston, MA | Sr. Web Solution Architect &amp; Sr. Web Application Developer </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AEF9B68" w14:textId="2C9ABA2F" w:rsidR="006260D9" w:rsidRDefault="00440C9E" w:rsidP="006E385D">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440C9E">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E385D">
+              <w:t>extended</w:t>
+            </w:r>
+            <w:r w:rsidR="006E385D" w:rsidRPr="00D202BD">
+              <w:t xml:space="preserve"> Contract</w:t>
+            </w:r>
+            <w:r w:rsidR="006E385D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E385D" w:rsidRPr="00D202BD">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidR="00A45147" w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> JAN 2013 - SEP 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03332144" w14:textId="3744051A" w:rsidR="00595DD5" w:rsidRDefault="00A45147" w:rsidP="00595DD5">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A45147">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Collaborated with </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A45147">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>OpSec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A45147">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Security in Boston, MA, as a Sr. Web Solution Architect and Sr. Web Application Developer. Co-developed anti-counterfeiting software for smartphones, tablets, and desktop computers for brands such as NFL, NHL, WWE, and Rovio</w:t>
+            </w:r>
+            <w:r w:rsidR="00595DD5" w:rsidRPr="00C066F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F8E3CB6" w14:textId="77777777" w:rsidR="00883DA0" w:rsidRDefault="006D73E7" w:rsidP="00595DD5">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D73E7">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ZETA INTERACTIVE | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>Manasquan, NJ | Sr. Web Solution Architect &amp; Sr. Web Application Developer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B8FD809" w14:textId="54F1CEF0" w:rsidR="00595DD5" w:rsidRDefault="00440C9E" w:rsidP="00883DA0">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440C9E">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B93E38">
+              <w:t>extended</w:t>
+            </w:r>
+            <w:r w:rsidR="00883DA0" w:rsidRPr="00D202BD">
+              <w:t xml:space="preserve"> Contract</w:t>
+            </w:r>
+            <w:r w:rsidR="00883DA0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00883DA0" w:rsidRPr="00D202BD">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:r w:rsidR="006D73E7" w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>OCT 2011 - SEP 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3982E9AD" w14:textId="158BAFFA" w:rsidR="00B17B04" w:rsidRDefault="006D73E7" w:rsidP="00B17B04">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D73E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Contributed to website interfaces for Union Bank®, co-developed core web applications for Botox® Cosmetic, and worked on business proposals for STIHL at Zeta Interactive in Manasquan, NJ, as a Sr. Web Solution Architect &amp; Sr. Web Application Developer using Asp.NET HTML5, CSS2, and JavaScript</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17B04" w:rsidRPr="00C066F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F9B158" w14:textId="77777777" w:rsidR="00B93E38" w:rsidRDefault="00B122FB" w:rsidP="00B17B04">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B122FB">
+              <w:t xml:space="preserve">INVACARE | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Milford, MA | Sr. Web Microsoft .NET Software Engineer </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E4B7340" w14:textId="419B7744" w:rsidR="00B17B04" w:rsidRDefault="00440C9E" w:rsidP="00B93E38">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440C9E">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B93E38">
+              <w:t>extended</w:t>
+            </w:r>
+            <w:r w:rsidR="00B93E38" w:rsidRPr="00D202BD">
+              <w:t xml:space="preserve"> Contract</w:t>
+            </w:r>
+            <w:r w:rsidR="00B93E38">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B93E38" w:rsidRPr="00D202BD">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidR="00B122FB" w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> FEB 2011 - JUL 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="015E2195" w14:textId="2D8BA883" w:rsidR="00B17B04" w:rsidRDefault="00B122FB" w:rsidP="00B17B04">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B122FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Developed .NET 3.5, Ajax-enabled web applications from scratch for Invacare in Milford, MA. Responsibilities included building client-side interfaces, graphic design modifications, and SQL Server database architecture.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00CEC337" w14:textId="1D524288" w:rsidR="00CF16EE" w:rsidRDefault="00DD4C16" w:rsidP="00B17B04">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4C16">
+              <w:t xml:space="preserve">LIGHTGATE STUDIOS | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Henderson, NV | </w:t>
+            </w:r>
+            <w:r w:rsidR="00946471">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF16EE">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>ntrum</w:t>
+            </w:r>
+            <w:r w:rsidR="00946471">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>CTO</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF16EE">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133B0B93" w14:textId="5505B4AC" w:rsidR="00B17B04" w:rsidRDefault="00440C9E" w:rsidP="00CF16EE">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440C9E">
+              <w:rPr>
+                <w:caps w:val="0"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF16EE" w:rsidRPr="005C22E9">
+              <w:t xml:space="preserve">Extended Contract </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF16EE" w:rsidRPr="005C22E9">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">| </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD4C16" w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t>MAY 2010 - FEB 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="698F7E51" w14:textId="4AEE4D30" w:rsidR="00B17B04" w:rsidRDefault="00DD4C16" w:rsidP="00B17B04">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD4C16">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Light Gate Studios, Inc., a Full-Service Digital Graphics Design &amp; Web Development startup company in Henderson, NV. Served as the CTO, contributing expertise in HTML, CSS, JavaScript, PHP, .NET, SQL Server, MySQL, and more.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5820F0B3" w14:textId="77777777" w:rsidR="00CF16EE" w:rsidRDefault="003171D5" w:rsidP="00B17B04">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003171D5">
+              <w:t xml:space="preserve">PLMIC, LLC | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Middleboro &amp; Mansfield, MA | Jr. Web Developer, Project Manager </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40EDE73B" w14:textId="3E2B9FA8" w:rsidR="00B17B04" w:rsidRDefault="00CF16EE" w:rsidP="00CF16EE">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Full-Time</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C22E9">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C22E9">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidR="003171D5" w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> JAN 2009 - JAN 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F916A1D" w14:textId="2A98B6B1" w:rsidR="00B17B04" w:rsidRDefault="003171D5" w:rsidP="00B17B04">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003171D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+              </w:rPr>
+              <w:t>Co-developed over 100 advertising solutions for PLM advertisers, utilizing Asp.NET, SQL Server database, and client-side applications.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ACD6D7E" w14:textId="77777777" w:rsidR="000D6445" w:rsidRDefault="003E458D" w:rsidP="00B17B04">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E458D">
+              <w:t xml:space="preserve">LIFE CYCLE SOLUTIONS | </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Avon, MA | Sr. PLM Consultant, Project Manager, Jr. Web Developer </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18A0C41D" w14:textId="55EE3DC2" w:rsidR="00B17B04" w:rsidRDefault="000D6445" w:rsidP="000D6445">
+            <w:pPr>
+              <w:pStyle w:val="Chapter"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Full-Time</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C22E9">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C22E9">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="63676C" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>|</w:t>
+            </w:r>
+            <w:r w:rsidR="003E458D" w:rsidRPr="0083108C">
+              <w:rPr>
+                <w:rStyle w:val="Heading6Char"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DEC 1999 - APR 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487936C6" w14:textId="6777AD3F" w:rsidR="003062DB" w:rsidRDefault="00914AD0" w:rsidP="009B70EA">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00914AD0">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>Managed cross-functional teams, developed a medium-sized business Intranet application for MKS Instruments in Asp.NET 2.0, worked in PLM consulting &amp; system integration with products such as PTC’s Windchill &amp; MatrixOne, and co-developed a proof-of-concept Aras deployment</w:t>
             </w:r>
             <w:r w:rsidR="004046F7" w:rsidRPr="003171D5">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5650A7F6" w14:textId="77777777" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="00D405AB">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="144" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="144" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49E63EB6" w14:textId="59C4F1EC" w:rsidR="0021043D" w:rsidRPr="00FF08CE" w:rsidRDefault="003C78AE" w:rsidP="0021043D">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="34" w:name="_Toc114231083"/>
-            <w:bookmarkStart w:id="35" w:name="_Toc114231082"/>
+            <w:bookmarkStart w:id="25" w:name="_Toc114231083"/>
+            <w:bookmarkStart w:id="26" w:name="_Toc114231082"/>
             <w:r>
               <w:t>Discovery</w:t>
             </w:r>
             <w:r w:rsidR="0021043D">
               <w:t xml:space="preserve"> SKILLSETS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DF9A9EE" w14:textId="1286722A" w:rsidR="00CB1A89" w:rsidRDefault="00FA16C4" w:rsidP="0021043D">
+          <w:p w14:paraId="1BC27FCF" w14:textId="048AE8C8" w:rsidR="00960CFA" w:rsidRPr="0003174B" w:rsidRDefault="00FA16C4" w:rsidP="0021043D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="003C78AE" w:rsidRPr="003C78AE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> skill</w:t>
             </w:r>
             <w:r w:rsidR="002F113F">
@@ -4994,212 +5117,50 @@
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00CB1A89">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the same </w:t>
             </w:r>
             <w:r w:rsidR="002F113F">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>skill and/or technology</w:t>
             </w:r>
             <w:r w:rsidR="001D5AE2">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...160 lines deleted...]
-              <w:t xml:space="preserve"> Jan. 2025.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="727BB4C7" w14:textId="77777777" w:rsidR="00CB1A89" w:rsidRPr="00E43C70" w:rsidRDefault="00CB1A89" w:rsidP="0021043D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="462BC959" w14:textId="39BBC30B" w:rsidR="0063450B" w:rsidRDefault="0063450B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -5688,51 +5649,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> (v </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD6573">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.x+)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56A9FE34" w14:textId="43AB6203" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="008C2DCB">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
             <w:r>
               <w:t>PRIMARY SKILLSETS</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
           <w:p w14:paraId="5289F824" w14:textId="5A7C2F01" w:rsidR="003062DB" w:rsidRDefault="00BD46E9" w:rsidP="002426A6">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00154632" w:rsidRPr="00154632">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>kills</w:t>
@@ -6145,51 +6106,50 @@
             <w:r w:rsidRPr="0064711E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(2 yrs.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22342F13" w14:textId="77777777" w:rsidR="003062DB" w:rsidRPr="00457898" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Bootstrap (9 yrs.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46FE9DBB" w14:textId="77777777" w:rsidR="003062DB" w:rsidRPr="00457898" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>CSS 1 - 3 (18 yrs.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30F5E0C2" w14:textId="77777777" w:rsidR="003062DB" w:rsidRPr="00457898" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
@@ -6246,50 +6206,51 @@
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>LINQ (7yrs)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B21F1C6" w14:textId="77777777" w:rsidR="003062DB" w:rsidRPr="00457898" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>JavaScript (10 yrs.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5044FDDD" w14:textId="2571ED88" w:rsidR="003062DB" w:rsidRPr="00457898" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>jQuery (</w:t>
             </w:r>
             <w:r w:rsidR="000E6041">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
@@ -6303,2488 +6264,2398 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> yrs.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01CBE553" w14:textId="77777777" w:rsidR="003062DB" w:rsidRPr="00457898" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>JSON (5 yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0629530F" w14:textId="77777777" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
+          <w:p w14:paraId="51FD31BC" w14:textId="77777777" w:rsidR="003062DB" w:rsidRPr="00AE11F0" w:rsidRDefault="003062DB" w:rsidP="00AE11F0">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="27" w:name="_rq9wxrv5xatz" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:id="28" w:name="_Toc114231084"/>
+            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r w:rsidRPr="00AE11F0">
+              <w:t>SECONDARY SKILLS</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
+          </w:p>
+          <w:p w14:paraId="7969E783" w14:textId="6EDDC8E9" w:rsidR="003062DB" w:rsidRDefault="00C14A72" w:rsidP="00D62023">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any technology in-which I have not used in 6-12 months, I begin to </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF035E" w:rsidRPr="00FF035E">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>demote</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> them,</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF035E" w:rsidRPr="00FF035E">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for one or more reasons, such as lack of supply-and-demand, technology, deprecation, not used in my most recent project(s), </w:t>
+            </w:r>
+            <w:r w:rsidR="008C2DCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF035E" w:rsidRPr="00FF035E">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07290DB5" w14:textId="61689A7C" w:rsidR="008C2DCB" w:rsidRPr="008C2DCB" w:rsidRDefault="008C2DCB" w:rsidP="008C2DCB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CFF8470" w14:textId="3A92B835" w:rsidR="008C2DCB" w:rsidRPr="00554390" w:rsidRDefault="008C2DCB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Ajax (5 yrs.)</w:t>
-[...23 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Asp.NET 2.0 </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
-[...11 lines deleted...]
-              <w:t>demote</w:t>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
-[...38 lines deleted...]
-          <w:p w14:paraId="4CFF8470" w14:textId="3A92B835" w:rsidR="008C2DCB" w:rsidRPr="00554390" w:rsidRDefault="008C2DCB" w:rsidP="00B548DB">
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00554390">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(12 yrs.), </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0188928F" w14:textId="77777777" w:rsidR="008C2DCB" w:rsidRPr="008C2DCB" w:rsidRDefault="008C2DCB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00457898">
-[...35 lines deleted...]
-          <w:p w14:paraId="0188928F" w14:textId="77777777" w:rsidR="008C2DCB" w:rsidRPr="008C2DCB" w:rsidRDefault="008C2DCB" w:rsidP="00B548DB">
+            <w:r w:rsidRPr="008C2DCB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Asp.NET MVC (5 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D105E1" w14:textId="4E99F02B" w:rsidR="007D0E6C" w:rsidRPr="00457898" w:rsidRDefault="007D0E6C" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C2DCB">
-[...7 lines deleted...]
-          <w:p w14:paraId="10D105E1" w14:textId="4E99F02B" w:rsidR="007D0E6C" w:rsidRPr="00457898" w:rsidRDefault="007D0E6C" w:rsidP="00B548DB">
+            <w:r w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Asp.NET Web Forms C#  (10 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D02CF65" w14:textId="3149EC0D" w:rsidR="0032311E" w:rsidRPr="0032311E" w:rsidRDefault="0032311E" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>AWS</w:t>
+            </w:r>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Asp.NET Web Forms C#  (10 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D02CF65" w14:textId="3149EC0D" w:rsidR="0032311E" w:rsidRPr="0032311E" w:rsidRDefault="0032311E" w:rsidP="00B548DB">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F4E53E5" w14:textId="278178C4" w:rsidR="007D0E6C" w:rsidRPr="00457898" w:rsidRDefault="007D0E6C" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="1F4E53E5" w14:textId="278178C4" w:rsidR="007D0E6C" w:rsidRPr="00457898" w:rsidRDefault="007D0E6C" w:rsidP="00B548DB">
+              <w:t>ADO.NET (11 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C5E4469" w14:textId="14F88E05" w:rsidR="003062DB" w:rsidRPr="00D415B0" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00457898">
-[...7 lines deleted...]
-          <w:p w14:paraId="7C5E4469" w14:textId="14F88E05" w:rsidR="003062DB" w:rsidRPr="00D415B0" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
+            <w:r w:rsidRPr="00D415B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>AngularJS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0032311E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2+</w:t>
+            </w:r>
+            <w:r w:rsidR="0032311E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0032311E" w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="0032311E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0032311E" w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31F1E05B" w14:textId="125F1677" w:rsidR="003062DB" w:rsidRPr="00D415B0" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D415B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>AngularJS</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>KnockoutJS</w:t>
+            </w:r>
+            <w:r w:rsidR="0032311E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0032311E">
-[...19 lines deleted...]
-            </w:r>
             <w:r w:rsidR="0032311E" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="31F1E05B" w14:textId="125F1677" w:rsidR="003062DB" w:rsidRPr="00D415B0" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
+              <w:t xml:space="preserve"> (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2738DE9F" w14:textId="5A72D118" w:rsidR="003062DB" w:rsidRPr="00D415B0" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D415B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>KnockoutJS</w:t>
+              <w:t>TypeScript</w:t>
             </w:r>
             <w:r w:rsidR="0032311E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0032311E" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1 yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2738DE9F" w14:textId="5A72D118" w:rsidR="003062DB" w:rsidRPr="00D415B0" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
+          <w:p w14:paraId="4BC15240" w14:textId="3EE81BDA" w:rsidR="003062DB" w:rsidRPr="00D415B0" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D415B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>TypeScript</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+              <w:t xml:space="preserve">Gulp </w:t>
+            </w:r>
+            <w:r w:rsidR="0032311E" w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46058F09" w14:textId="7A573036" w:rsidR="002444FA" w:rsidRPr="00AE11F0" w:rsidRDefault="00624BE0" w:rsidP="002444FA">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Design Patterns</w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA">
+              <w:t>, Standards</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> &amp; Best Practices</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E4D1DDD" w14:textId="2A242015" w:rsidR="002444FA" w:rsidRDefault="002444FA" w:rsidP="002444FA">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF035E">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:r w:rsidR="00624BE0" w:rsidRPr="00624BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>consider Design Patterns</w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, Standards,</w:t>
+            </w:r>
+            <w:r w:rsidR="00624BE0" w:rsidRPr="00624BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Best Practices a set of disciplines that I practice aggressively, and across the board with most </w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA" w:rsidRPr="00624BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>technolog</w:t>
+            </w:r>
+            <w:r w:rsidR="00A250BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ical use</w:t>
+            </w:r>
+            <w:r w:rsidR="00624BE0" w:rsidRPr="00624BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="005D442B">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>More importantly, t</w:t>
+            </w:r>
+            <w:r w:rsidR="00624BE0" w:rsidRPr="00624BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>hey are crucial to an enterprise-</w:t>
+            </w:r>
+            <w:r w:rsidR="003357AD" w:rsidRPr="00624BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>level</w:t>
+            </w:r>
+            <w:r w:rsidR="00624BE0" w:rsidRPr="00624BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> suite</w:t>
+            </w:r>
+            <w:r w:rsidR="005D442B">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0032311E" w:rsidRPr="00457898">
-[...7 lines deleted...]
-          <w:p w14:paraId="4BC15240" w14:textId="3EE81BDA" w:rsidR="003062DB" w:rsidRPr="00D415B0" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
+            <w:r w:rsidR="00624BE0" w:rsidRPr="00624BE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>of desktop, mobile &amp; web applications and/or software.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F7FA012" w14:textId="77777777" w:rsidR="002444FA" w:rsidRDefault="002444FA" w:rsidP="002444FA">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E2CA4E2" w14:textId="5E980A14" w:rsidR="002444FA" w:rsidRPr="00457898" w:rsidRDefault="00694E92" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D415B0">
-[...17 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00694E92">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C# (&amp; Other Technologies) Object Oriented Programming </w:t>
+            </w:r>
+            <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
             <w:r>
-              <w:t>Design Patterns</w:t>
-[...132 lines deleted...]
-          <w:p w14:paraId="6E2CA4E2" w14:textId="5E980A14" w:rsidR="002444FA" w:rsidRPr="00457898" w:rsidRDefault="00694E92" w:rsidP="00B548DB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41BE63D8" w14:textId="05AABF1F" w:rsidR="002444FA" w:rsidRPr="00457898" w:rsidRDefault="00694E92" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00694E92">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">C# (&amp; Other Technologies) Object Oriented Programming </w:t>
+              <w:t>SPA Single Page App</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00694E92">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="41BE63D8" w14:textId="05AABF1F" w:rsidR="002444FA" w:rsidRPr="00457898" w:rsidRDefault="00694E92" w:rsidP="00B548DB">
+              <w:t>yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4009251E" w14:textId="266864EB" w:rsidR="002444FA" w:rsidRPr="0032311E" w:rsidRDefault="00B9670F" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00694E92">
-[...4 lines deleted...]
-              <w:t>SPA Single Page App</w:t>
+            <w:r w:rsidRPr="00B9670F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>App Development Standards &amp; Implementation</w:t>
+            </w:r>
+            <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="4009251E" w14:textId="266864EB" w:rsidR="002444FA" w:rsidRPr="0032311E" w:rsidRDefault="00B9670F" w:rsidP="00B548DB">
+              <w:t xml:space="preserve"> yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39E1CCF6" w14:textId="3596A897" w:rsidR="002444FA" w:rsidRPr="00457898" w:rsidRDefault="00D82815" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B9670F">
-[...4 lines deleted...]
-              <w:t>App Development Standards &amp; Implementation</w:t>
+            <w:r w:rsidRPr="00D82815">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Responsive Web Design (i.e., Mobile Friendly)</w:t>
             </w:r>
             <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39E1CCF6" w14:textId="3596A897" w:rsidR="002444FA" w:rsidRPr="00457898" w:rsidRDefault="00D82815" w:rsidP="00B548DB">
+          <w:p w14:paraId="50079897" w14:textId="2763A997" w:rsidR="002F2665" w:rsidRDefault="002F2665" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D82815">
-[...7 lines deleted...]
-            <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
+            <w:r w:rsidRPr="002F2665">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parallax Web/Mobile Architecting </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002444FA" w:rsidRPr="00457898">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50079897" w14:textId="2763A997" w:rsidR="002F2665" w:rsidRDefault="002F2665" w:rsidP="00B548DB">
+          <w:p w14:paraId="675273C4" w14:textId="164E92DF" w:rsidR="00E3577F" w:rsidRPr="00457898" w:rsidRDefault="00E3577F" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F2665">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Parallax Web/Mobile Architecting </w:t>
+            <w:r w:rsidRPr="00E3577F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Multi-threaded Apps</w:t>
             </w:r>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="675273C4" w14:textId="164E92DF" w:rsidR="00E3577F" w:rsidRPr="00457898" w:rsidRDefault="00E3577F" w:rsidP="00B548DB">
+          <w:p w14:paraId="3061FEF9" w14:textId="588E8171" w:rsidR="00E3577F" w:rsidRPr="00457898" w:rsidRDefault="00D60186" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E3577F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00457898">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SaaS</w:t>
+            </w:r>
+            <w:r w:rsidR="00E3577F" w:rsidRPr="002F2665">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3577F" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00457898">
+            <w:r w:rsidR="00E3577F" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3061FEF9" w14:textId="588E8171" w:rsidR="00E3577F" w:rsidRPr="00457898" w:rsidRDefault="00D60186" w:rsidP="00B548DB">
+          <w:p w14:paraId="3A628A60" w14:textId="5CF36083" w:rsidR="00D60186" w:rsidRPr="00457898" w:rsidRDefault="00D60186" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D60186">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLM (Production Lifecycle Management) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>SaaS</w:t>
-[...22 lines deleted...]
-            <w:r w:rsidR="00E3577F" w:rsidRPr="00457898">
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A628A60" w14:textId="5CF36083" w:rsidR="00D60186" w:rsidRPr="00457898" w:rsidRDefault="00D60186" w:rsidP="00B548DB">
+          <w:p w14:paraId="55732AA6" w14:textId="245D8376" w:rsidR="00D60186" w:rsidRPr="00457898" w:rsidRDefault="00D60186" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D60186">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLM (Production Lifecycle Management) </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Solution Architect </w:t>
             </w:r>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55732AA6" w14:textId="245D8376" w:rsidR="00D60186" w:rsidRPr="00457898" w:rsidRDefault="00D60186" w:rsidP="00B548DB">
+          <w:p w14:paraId="36164FD5" w14:textId="10D84009" w:rsidR="00D60186" w:rsidRPr="00457898" w:rsidRDefault="00D60186" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D60186">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solution Architect </w:t>
+              <w:t xml:space="preserve">MS SQL Server Specific 1st, 2nd &amp; 3rd Normal Form Database Architecting </w:t>
             </w:r>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36164FD5" w14:textId="10D84009" w:rsidR="00D60186" w:rsidRPr="00457898" w:rsidRDefault="00D60186" w:rsidP="00B548DB">
+          <w:p w14:paraId="2839A1EB" w14:textId="58194386" w:rsidR="002444FA" w:rsidRPr="00770108" w:rsidRDefault="00DE7591" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60186">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00457898">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Code Documentation</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60186" w:rsidRPr="002F2665">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60186" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>14</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00457898">
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60186" w:rsidRPr="00457898">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2839A1EB" w14:textId="58194386" w:rsidR="002444FA" w:rsidRPr="00770108" w:rsidRDefault="00DE7591" w:rsidP="00B548DB">
+          <w:p w14:paraId="2C4A70C2" w14:textId="4F755116" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="00D62023">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+            </w:pPr>
+            <w:r>
+              <w:t>PAST SKILLS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="672F5A03" w14:textId="5432DC6F" w:rsidR="0017008F" w:rsidRDefault="00770108" w:rsidP="00D62023">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00770108">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I consider past skills </w:t>
+            </w:r>
+            <w:r w:rsidR="0017008F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">&amp; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00770108">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">technologies deprecated technologies with respect to my particular use of them. I no longer revisit for backwards compatibility purposes, nor do I really see myself taking on </w:t>
+            </w:r>
+            <w:r w:rsidR="0017008F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">new </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00770108">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">work, of any kind, </w:t>
+            </w:r>
+            <w:r w:rsidR="0017008F">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>with the core focus of my day-to-day responsibilities</w:t>
+            </w:r>
+            <w:r w:rsidR="001946A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> maintaining code bases of their nature</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00770108">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="001946A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> However, I will do what needs to be done if we require access to or need to modernize legacy related assets and/or projects.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C2FF046" w14:textId="31997522" w:rsidR="003062DB" w:rsidRPr="00804BC5" w:rsidRDefault="003062DB" w:rsidP="00D62023">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="200C8BFD" w14:textId="14CCB7A0" w:rsidR="009167DF" w:rsidRPr="009167DF" w:rsidRDefault="009167DF" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Classic Asp.NET</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Code Documentation</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D60186" w:rsidRPr="00457898">
-[...132 lines deleted...]
-          <w:p w14:paraId="200C8BFD" w14:textId="14CCB7A0" w:rsidR="009167DF" w:rsidRPr="009167DF" w:rsidRDefault="009167DF" w:rsidP="00B548DB">
+            <w:r w:rsidRPr="00554390">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707784BB" w14:textId="292F8BA2" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00457898">
-[...21 lines deleted...]
-          <w:p w14:paraId="707784BB" w14:textId="292F8BA2" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+            <w:r w:rsidRPr="0011520B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Adobe Audition (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="342BF9D6" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Adobe Audition (1 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="342BF9D6" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Adobe Dreamweaver (5 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="161C62FB" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Adobe Dreamweaver (5 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="161C62FB" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Adobe Edge (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A0E01A9" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Adobe Edge (1 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A0E01A9" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Adobe Flash (6 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66629F5C" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Adobe Flash (6 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="66629F5C" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Adobe Illustrator (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70888CFF" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Adobe Illustrator (1 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="70888CFF" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>jQuery Mobile (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41960727" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>jQuery Mobile (1 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="41960727" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Phone Gap (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="339D2807" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Phone Gap (1 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="339D2807" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>WCF (Windows Communications Foundation) (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F156B9C" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>WCF (Windows Communications Foundation) (1 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2F156B9C" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>WPF (Windows Presentation Foundation) (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63CE1C0E" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>WPF (Windows Presentation Foundation) (1 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="63CE1C0E" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Blend (for Visual Studio 2019 &amp; 2022) (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751743DD" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Blend (for Visual Studio 2019 &amp; 2022) (1 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="751743DD" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Silverlight (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18935C04" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Silverlight (1 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="18935C04" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>SignalR</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0011520B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (See Blazor) (1 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="683DBA20" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>SignalR</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="683DBA20" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>XAML (See Blazor) (2 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="231A5211" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>XAML (See Blazor) (2 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="231A5211" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Java (3 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43CB13FE" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Java (3 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="43CB13FE" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Oracle (3 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CACB7E" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Oracle (3 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="60CACB7E" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>PHP (3 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EED80E8" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>PHP (3 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5EED80E8" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Perl (4 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58771FD8" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-          <w:p w14:paraId="58771FD8" w14:textId="77777777" w:rsidR="0011520B" w:rsidRPr="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>VB.NET (4 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33713EDF" w14:textId="3BA57B3E" w:rsidR="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>VB.NET (4 yrs.)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="33713EDF" w14:textId="3BA57B3E" w:rsidR="0011520B" w:rsidRDefault="0011520B" w:rsidP="00B548DB">
+              <w:t>Sharepoint</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0011520B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011520B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54CF3918" w14:textId="776C2CF3" w:rsidR="003062DB" w:rsidRPr="0011520B" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="54CF3918" w14:textId="776C2CF3" w:rsidR="003062DB" w:rsidRPr="0011520B" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
+            <w:r w:rsidRPr="00D415B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>MySQL</w:t>
+            </w:r>
+            <w:r w:rsidR="0011520B" w:rsidRPr="0011520B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3 yrs.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="089910E0" w14:textId="248E3FCA" w:rsidR="00402968" w:rsidRPr="0011520B" w:rsidRDefault="00402968" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D415B0">
-[...4 lines deleted...]
-              <w:t>MySQL</w:t>
+            <w:r w:rsidRPr="00457898">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Web Services</w:t>
+            </w:r>
+            <w:r w:rsidR="0011520B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0011520B" w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3 yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="089910E0" w14:textId="248E3FCA" w:rsidR="00402968" w:rsidRPr="0011520B" w:rsidRDefault="00402968" w:rsidP="00B548DB">
+          <w:p w14:paraId="558516EA" w14:textId="31441402" w:rsidR="00402968" w:rsidRPr="0011520B" w:rsidRDefault="00402968" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00457898">
-[...4 lines deleted...]
-              <w:t>Web Services</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SOAP</w:t>
             </w:r>
             <w:r w:rsidR="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0011520B" w:rsidRPr="0011520B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3 yrs.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="558516EA" w14:textId="31441402" w:rsidR="00402968" w:rsidRPr="0011520B" w:rsidRDefault="00402968" w:rsidP="00B548DB">
+          <w:p w14:paraId="28504B54" w14:textId="001A38A3" w:rsidR="003062DB" w:rsidRPr="0011520B" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D415B0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>UX, and wireframing</w:t>
+            </w:r>
+            <w:r w:rsidR="0011520B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0011520B" w:rsidRPr="0011520B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3 yrs.)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011520B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BFEFA13" w14:textId="3D301A53" w:rsidR="0021043D" w:rsidRDefault="00804BC5" w:rsidP="0021043D">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>Source Control</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DA7AD6C" w14:textId="1F2FBD5C" w:rsidR="00804BC5" w:rsidRPr="00804BC5" w:rsidRDefault="00804BC5" w:rsidP="00804BC5">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00804BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>My primary forms of Source Control are as follows:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0011520B" w:rsidRPr="0011520B">
-[...7 lines deleted...]
-          <w:p w14:paraId="28504B54" w14:textId="001A38A3" w:rsidR="003062DB" w:rsidRPr="0011520B" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
+          </w:p>
+          <w:p w14:paraId="01B102E9" w14:textId="554F5988" w:rsidR="0021043D" w:rsidRDefault="00A81566" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D415B0">
-[...28 lines deleted...]
-          <w:p w14:paraId="2B66A3E4" w14:textId="4EDA37C2" w:rsidR="003062DB" w:rsidRPr="0011520B" w:rsidRDefault="003062DB" w:rsidP="00B548DB">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Git</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28883A8F" w14:textId="77777777" w:rsidR="00A74E24" w:rsidRDefault="00A81566" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D415B0">
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
-              <w:t>Source Control</w:t>
-[...31 lines deleted...]
-          <w:p w14:paraId="01B102E9" w14:textId="554F5988" w:rsidR="0021043D" w:rsidRDefault="00A81566" w:rsidP="00B548DB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DevOps (VSTS, Teams Foundation)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B80DD0D" w14:textId="3D98C346" w:rsidR="0021043D" w:rsidRPr="00A74E24" w:rsidRDefault="00A74E24" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A74E24">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans"/>
+              </w:rPr>
+              <w:t>I have experience with TortoiseSVN.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA9678C" w14:textId="7D0D7486" w:rsidR="008A0335" w:rsidRDefault="008A0335" w:rsidP="008A0335">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0335">
+              <w:t>Project Management (Scrum) Types</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF630F0" w14:textId="3680A81F" w:rsidR="008A0335" w:rsidRDefault="008A0335" w:rsidP="008A0335">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0335">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How teams handle Project Management Styles, Tasks and/or tickets vary. I am completely outfitted, capable and competent using the Project Management Styles that </w:t>
+            </w:r>
+            <w:r w:rsidR="00A74E24" w:rsidRPr="008A0335">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>follow</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00804BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="28883A8F" w14:textId="77777777" w:rsidR="00A74E24" w:rsidRDefault="00A81566" w:rsidP="00B548DB">
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2695E44E" w14:textId="77777777" w:rsidR="0065566E" w:rsidRPr="00804BC5" w:rsidRDefault="0065566E" w:rsidP="008A0335">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B436053" w14:textId="77777777" w:rsidR="00BD48B5" w:rsidRDefault="007D11A2" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w14:paraId="0B80DD0D" w14:textId="3D98C346" w:rsidR="0021043D" w:rsidRPr="00A74E24" w:rsidRDefault="00A74E24" w:rsidP="00B548DB">
+            <w:r w:rsidRPr="007D11A2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scrum </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B490751" w14:textId="4AB35CFC" w:rsidR="008A0335" w:rsidRDefault="007D11A2" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A74E24">
-[...46 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="4B436053" w14:textId="77777777" w:rsidR="00BD48B5" w:rsidRDefault="007D11A2" w:rsidP="00B548DB">
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Waterfall</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BAAA32B" w14:textId="685666E7" w:rsidR="008A0335" w:rsidRDefault="007D11A2" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D11A2">
-[...7 lines deleted...]
-          <w:p w14:paraId="5B490751" w14:textId="4AB35CFC" w:rsidR="008A0335" w:rsidRDefault="007D11A2" w:rsidP="00B548DB">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Agile</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D502CE3" w14:textId="1CA67827" w:rsidR="00B00DB3" w:rsidRPr="0065566E" w:rsidRDefault="007D11A2" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...6 lines deleted...]
-          <w:p w14:paraId="1BAAA32B" w14:textId="685666E7" w:rsidR="008A0335" w:rsidRDefault="007D11A2" w:rsidP="00B548DB">
+              <w:t xml:space="preserve">PLM Tiles (a.k.a., </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+              </w:rPr>
+              <w:t>Tiles™</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="640C8C77" w14:textId="5E0572A8" w:rsidR="00E10F87" w:rsidRDefault="00E10F87" w:rsidP="00E10F87">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Location </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A0335">
+              <w:t>Types</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6170F8CB" w14:textId="46057BDB" w:rsidR="0065566E" w:rsidRDefault="00D502F0" w:rsidP="00D502F0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D502F0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I have a history of extensive travel, spending prolonged periods on client sites or with the team, fostering strong interpersonal connections. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E2BE17B" w14:textId="77777777" w:rsidR="0065566E" w:rsidRDefault="0065566E" w:rsidP="00D502F0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="112ED6E6" w14:textId="77777777" w:rsidR="00D502F0" w:rsidRDefault="00D502F0" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-          <w:p w14:paraId="6D502CE3" w14:textId="1CA67827" w:rsidR="00B00DB3" w:rsidRPr="0065566E" w:rsidRDefault="007D11A2" w:rsidP="00B548DB">
+            <w:r w:rsidRPr="00D502F0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>On-Client-Site (a.k.a., On Site)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5338D2FD" w14:textId="77777777" w:rsidR="00D502F0" w:rsidRDefault="00D502F0" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">PLM Tiles (a.k.a., </w:t>
-[...45 lines deleted...]
-          <w:p w14:paraId="112ED6E6" w14:textId="77777777" w:rsidR="00D502F0" w:rsidRDefault="00D502F0" w:rsidP="00B548DB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Remotely</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EC00615" w14:textId="00468E02" w:rsidR="00C70649" w:rsidRPr="00C70649" w:rsidRDefault="00D502F0" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D502F0">
-[...7 lines deleted...]
-          <w:p w14:paraId="5338D2FD" w14:textId="77777777" w:rsidR="00D502F0" w:rsidRDefault="00D502F0" w:rsidP="00B548DB">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Hybrid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD3896F" w14:textId="58DE5547" w:rsidR="000B022A" w:rsidRDefault="000B022A" w:rsidP="000B022A">
+            <w:pPr>
+              <w:pStyle w:val="Heading5"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Location / Relocation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0086CC" w14:textId="3B6CD142" w:rsidR="00635C25" w:rsidRDefault="00635C25" w:rsidP="000B022A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635C25">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Optimal for me would be a position situated near my current location, although I am certainly amenable to the possibility of traveling or relocating for the right opportunity.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B3C35DF" w14:textId="77777777" w:rsidR="00635C25" w:rsidRDefault="00635C25" w:rsidP="000B022A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="714C6D25" w14:textId="623C7467" w:rsidR="000B022A" w:rsidRPr="00635C25" w:rsidRDefault="00635C25" w:rsidP="000B022A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635C25">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Current Location:</w:t>
+            </w:r>
+            <w:r w:rsidR="000B022A" w:rsidRPr="00635C25">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="533210BD" w14:textId="226D78B5" w:rsidR="000B022A" w:rsidRDefault="00635C25" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00635C25">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Middleborough, Massachusetts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="520BA17F" w14:textId="77777777" w:rsidR="00C010B3" w:rsidRDefault="00C010B3" w:rsidP="00C010B3">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1770C49F" w14:textId="2CD42D02" w:rsidR="00C010B3" w:rsidRPr="00635C25" w:rsidRDefault="00C010B3" w:rsidP="00C010B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
-                <w:szCs w:val="16"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7EC00615" w14:textId="00468E02" w:rsidR="00C70649" w:rsidRPr="00C70649" w:rsidRDefault="00D502F0" w:rsidP="00B548DB">
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Relocation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00635C25">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0871E1F4" w14:textId="1B553D4C" w:rsidR="00C010B3" w:rsidRPr="0065566E" w:rsidRDefault="00C010B3" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0065566E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Min $6K+ Relocation Package). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4967A9BD" w14:textId="77777777" w:rsidR="00B00DB3" w:rsidRDefault="00B00DB3" w:rsidP="005445EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AA4D61D" w14:textId="3E2A3C8F" w:rsidR="00C70649" w:rsidRDefault="005445EA" w:rsidP="005445EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005445EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Additional incentives may be necessary for any alternative location </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Hybrid</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7FD3896F" w14:textId="58DE5547" w:rsidR="000B022A" w:rsidRDefault="000B022A" w:rsidP="000B022A">
+              <w:t xml:space="preserve">relocation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005445EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">within the United States. However, </w:t>
+            </w:r>
+            <w:r w:rsidR="0065566E" w:rsidRPr="005445EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>it’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005445EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> important to note that relocation is not an absolute prerequisite.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="296DDD95" w14:textId="77777777" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="0025616C">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
-            <w:r>
-[...190 lines deleted...]
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkStart w:id="29" w:name="_fvh8nao43e3d" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:id="30" w:name="_Toc114231088"/>
+            <w:bookmarkEnd w:id="29"/>
             <w:r>
               <w:t>LANGUAGES</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
           <w:p w14:paraId="76DA655B" w14:textId="77777777" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="0025616C">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="260"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="336F5829" w14:textId="77777777" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="0025616C">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
-            <w:bookmarkStart w:id="40" w:name="_yrux3bxmj4l0" w:colFirst="0" w:colLast="0"/>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkStart w:id="31" w:name="_yrux3bxmj4l0" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:id="32" w:name="_Toc114231089"/>
+            <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:t>EDUCATION</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
           <w:p w14:paraId="5195D95C" w14:textId="77777777" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="0025616C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="42" w:name="_Hlk187289620"/>
+            <w:bookmarkStart w:id="33" w:name="_Hlk187289620"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Stoughton, Academy, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BF4DC93" w14:textId="3F079CB8" w:rsidR="003062DB" w:rsidRPr="001E7F45" w:rsidRDefault="003062DB" w:rsidP="0025616C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB7118">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stoughton, MA.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="022DED59" w14:textId="77777777" w:rsidR="003062DB" w:rsidRDefault="003062DB" w:rsidP="0025616C">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
             </w:pPr>
-            <w:bookmarkStart w:id="43" w:name="_lav9q42mt7oo" w:colFirst="0" w:colLast="0"/>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkStart w:id="34" w:name="_lav9q42mt7oo" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkStart w:id="35" w:name="_Toc114231090"/>
+            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="34"/>
             <w:r>
               <w:t>Class of 98, Diploma</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1989560D" w14:textId="44B6F282" w:rsidR="00974A66" w:rsidRDefault="003062DB" w:rsidP="00374B99">
+            <w:bookmarkEnd w:id="35"/>
+          </w:p>
+          <w:p w14:paraId="02132C85" w14:textId="21B1344F" w:rsidR="00974A66" w:rsidRDefault="003062DB" w:rsidP="00374B99">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="45" w:name="_ewfapzj979ft" w:colFirst="0" w:colLast="0"/>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkStart w:id="36" w:name="_ewfapzj979ft" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="36"/>
             <w:r w:rsidRPr="00DB7118">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Over 20 years in the field, working with some of the best Startups and Fortune 500s in the World.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="577D6108" w14:textId="77777777" w:rsidR="00974A66" w:rsidRDefault="00974A66" w:rsidP="00374B99">
-[...25 lines deleted...]
-          </w:p>
           <w:p w14:paraId="2EFDBA59" w14:textId="6759EDCC" w:rsidR="00036711" w:rsidRPr="00FF08CE" w:rsidRDefault="006A4622" w:rsidP="00036711">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Proof of Work</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43EFD009" w14:textId="40DE98DF" w:rsidR="006A4622" w:rsidRDefault="00851039" w:rsidP="00461FEF">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="006A4622">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
@@ -8878,51 +8749,51 @@
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="045035E0" w14:textId="6E792AB6" w:rsidR="00FB070C" w:rsidRDefault="00FB070C" w:rsidP="00FB070C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Personal BETA v 2025  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="46" w:name="_Hlk187289715"/>
+          <w:bookmarkStart w:id="37" w:name="_Hlk187289715"/>
           <w:p w14:paraId="342A5974" w14:textId="76EFA580" w:rsidR="00461FEF" w:rsidRPr="00461FEF" w:rsidRDefault="00461FEF" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText>HYPERLINK "https://www.jsilvestri.com"</w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00461FEF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
@@ -8935,172 +8806,167 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="4FFB94CD" w14:textId="5D6A4074" w:rsidR="00036711" w:rsidRDefault="00036711" w:rsidP="00B548DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="0056342B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Advanced A.I. Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="37"/>
           <w:p w14:paraId="053B3BE1" w14:textId="77777777" w:rsidR="00FB070C" w:rsidRDefault="00FB070C" w:rsidP="00FB070C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0EA7FBDB" w14:textId="5CF70855" w:rsidR="003C1BA4" w:rsidRPr="0078572B" w:rsidRDefault="00C007AE" w:rsidP="00FB070C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">My </w:t>
             </w:r>
             <w:r w:rsidR="00FB070C">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">GitHub Projects </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16E5A6E6" w14:textId="020B5159" w:rsidR="0078572B" w:rsidRPr="0078572B" w:rsidRDefault="0078572B" w:rsidP="0078572B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="47" w:name="_Hlk195696056"/>
+            <w:bookmarkStart w:id="38" w:name="_Hlk195696056"/>
             <w:r w:rsidRPr="000539E4">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Check out my suite of over a dozen, totally free, open source, enterprise-level</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Projects</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> Projects!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000539E4">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>!</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="38"/>
           <w:p w14:paraId="1BE74D93" w14:textId="0C0780D2" w:rsidR="00B548DB" w:rsidRPr="00B548DB" w:rsidRDefault="00B548DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="1F2328"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText>HYPERLINK "https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" \l "jsopxopenprojectx"</w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B548DB">
               <w:rPr>
                 <w:rStyle w:val="HTMLCode"/>
                 <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="0969DA"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>JSopX.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B548DB">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="0969DA"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>OpenProjectX</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1397B348" w14:textId="77777777" w:rsidR="00B548DB" w:rsidRPr="00B548DB" w:rsidRDefault="00B548DB" w:rsidP="00B548DB">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="1F2328"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:anchor="jsopxangularcore" w:history="1">
               <w:r w:rsidRPr="00B548DB">
                 <w:rPr>
                   <w:rStyle w:val="HTMLCode"/>
                   <w:rFonts w:ascii="Open Sans" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                   <w:color w:val="0969DA"/>
@@ -10000,66 +9866,66 @@
     <w:p w14:paraId="02100781" w14:textId="39AFE102" w:rsidR="00E21950" w:rsidRPr="00E21950" w:rsidRDefault="00E21950" w:rsidP="00CB2FCF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="972"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E21950" w:rsidRPr="00E21950" w:rsidSect="00626556">
       <w:headerReference w:type="default" r:id="rId38"/>
       <w:footerReference w:type="default" r:id="rId39"/>
       <w:footerReference w:type="first" r:id="rId40"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1152" w:bottom="720" w:left="1152" w:header="0" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C468116" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20">
+    <w:p w14:paraId="7C2789C1" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D31DE2" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20"/>
-    <w:p w14:paraId="392E285D" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20"/>
+    <w:p w14:paraId="13DCB6CA" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20"/>
+    <w:p w14:paraId="155D18A9" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FAECAF6" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20">
+    <w:p w14:paraId="0689D8FD" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FAD05CD" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20"/>
-    <w:p w14:paraId="1BC4596C" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20"/>
+    <w:p w14:paraId="715612C3" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20"/>
+    <w:p w14:paraId="0E1AAD2B" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -10130,79 +9996,79 @@
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="12258"/>
     </w:tblGrid>
     <w:tr w:rsidR="004B7E44" w14:paraId="5FA139C7" w14:textId="77777777" w:rsidTr="005667E8">
       <w:trPr>
         <w:trHeight w:val="730"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="12258" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="282828"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="05F6943A" w14:textId="35B5769C" w:rsidR="004B7E44" w:rsidRPr="00AB7D26" w:rsidRDefault="00E132A6" w:rsidP="00462355">
+        <w:p w14:paraId="05F6943A" w14:textId="73BEB827" w:rsidR="004B7E44" w:rsidRPr="00AB7D26" w:rsidRDefault="00E132A6" w:rsidP="00462355">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
           </w:pPr>
           <w:r w:rsidRPr="00F158DD">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">Copyright © </w:t>
           </w:r>
           <w:r w:rsidR="00017345">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00017345">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> DATE  \@ "yyyy"  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidR="00017345">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00364A7E">
+          <w:r w:rsidR="00895E17">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>2025</w:t>
           </w:r>
           <w:r w:rsidR="00017345">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00F158DD">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> All Rights Reserved by Jason Silvestri: </w:t>
           </w:r>
           <w:hyperlink r:id="rId1" w:history="1">
             <w:r w:rsidR="00853415" w:rsidRPr="00F86F2C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="E6E7E8" w:themeColor="background2"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="none"/>
@@ -10236,51 +10102,51 @@
           </w:r>
           <w:r w:rsidR="00237832" w:rsidRPr="00F158DD">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00237832">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00237832">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> DATE  \@ "yyyy"  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidR="00237832">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00364A7E">
+          <w:r w:rsidR="00895E17">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>2025</w:t>
           </w:r>
           <w:r w:rsidR="00237832">
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="009A290B" w:rsidRPr="009A290B">
             <w:t xml:space="preserve">                </w:t>
           </w:r>
           <w:r w:rsidR="009A290B">
             <w:t xml:space="preserve">                                         </w:t>
           </w:r>
           <w:r w:rsidR="009A290B" w:rsidRPr="009A290B">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:hyperlink w:anchor="_EXPERIENCE" w:history="1">
             <w:r w:rsidR="009A290B" w:rsidRPr="00FB7E4E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
@@ -10373,66 +10239,66 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="009120E9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0270CD99" w14:textId="77777777" w:rsidR="008664D2" w:rsidRDefault="008664D2" w:rsidP="001F3E20"/>
   <w:p w14:paraId="415645B9" w14:textId="77777777" w:rsidR="008664D2" w:rsidRDefault="008664D2" w:rsidP="001F3E20"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37CB05EF" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20">
+    <w:p w14:paraId="3B93E85D" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02AF6BA2" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20"/>
-    <w:p w14:paraId="1EC0D61C" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20"/>
+    <w:p w14:paraId="34461C31" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20"/>
+    <w:p w14:paraId="00B44691" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F8A8189" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20">
+    <w:p w14:paraId="7138C050" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9819D2" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20"/>
-    <w:p w14:paraId="292357D8" w14:textId="77777777" w:rsidR="00E77C7E" w:rsidRDefault="00E77C7E" w:rsidP="001F3E20"/>
+    <w:p w14:paraId="2936BCDB" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20"/>
+    <w:p w14:paraId="33F7DC20" w14:textId="77777777" w:rsidR="00964585" w:rsidRDefault="00964585" w:rsidP="001F3E20"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="12210" w:type="dxa"/>
       <w:tblInd w:w="-1137" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
@@ -10565,151 +10431,246 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                     <w10:anchorlock/>
                   </v:rect>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="389E5129" w14:textId="77777777" w:rsidR="008664D2" w:rsidRDefault="008664D2" w:rsidP="00587D5E">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <mc:AlternateContent>
-[...76 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1057" type="#_x0000_t75" style="width:5pt;height:5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="464C4FEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02D5582B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="655AA0BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0545495A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66C60F28"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10751,51 +10712,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E615D04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F3AE67E"/>
     <w:lvl w:ilvl="0" w:tplc="584A8A62">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -10866,51 +10827,498 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E68682C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="42DC6C54"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17862DE2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D93A3444"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A8476A2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E8686D56"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28D070F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1714D3FE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -10976,51 +11384,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29154E08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA062158"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11089,51 +11497,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F4659CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7884C5CE"/>
     <w:lvl w:ilvl="0" w:tplc="584A8A62">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -11204,51 +11612,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B6556B1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="35C29A86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F125AE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70026328"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11293,51 +11850,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="477D4898"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA7A6A62"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11382,51 +11939,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="517E0CA2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="87A89E3A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C2372FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95D2377E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11471,51 +12177,647 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="664F2D5E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="32426BCC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7475004D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="96722846"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77F70280"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="375E9DB2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A66661B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E610B2E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B8B5947"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E9C7FE4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11620,51 +12922,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CE23AD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0C66C54"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11733,90 +13035,272 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E4C726C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D716F0DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="519706265">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="661549902">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1191916468">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1634943038">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1044208346">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1634943038">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="2145544323">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="443117255">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="76026301">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1155410302">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2031447917">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2059552071">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="961496851">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1155410302">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="13" w16cid:durableId="453913126">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2031447917">
+  <w:num w:numId="14" w16cid:durableId="1258908109">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2059552071">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="15" w16cid:durableId="2058973524">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="981156133">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="117651802">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="149640587">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="566694411">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1256133462">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1125541140">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="577715395">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NDW1NLS0NDUwNTU3MDJX0lEKTi0uzszPAykwNqsFAI5Fw8QtAAAA"/>
@@ -11848,50 +13332,51 @@
     <w:rsid w:val="000136AB"/>
     <w:rsid w:val="00013986"/>
     <w:rsid w:val="0001443E"/>
     <w:rsid w:val="0001459A"/>
     <w:rsid w:val="00016FCE"/>
     <w:rsid w:val="00017345"/>
     <w:rsid w:val="00017409"/>
     <w:rsid w:val="00017A71"/>
     <w:rsid w:val="00017A93"/>
     <w:rsid w:val="00020357"/>
     <w:rsid w:val="00020880"/>
     <w:rsid w:val="00021743"/>
     <w:rsid w:val="00022010"/>
     <w:rsid w:val="000225C9"/>
     <w:rsid w:val="00022A8F"/>
     <w:rsid w:val="000231C8"/>
     <w:rsid w:val="000233C7"/>
     <w:rsid w:val="00023C55"/>
     <w:rsid w:val="000242B3"/>
     <w:rsid w:val="00025CB0"/>
     <w:rsid w:val="00026ADD"/>
     <w:rsid w:val="000276B4"/>
     <w:rsid w:val="00027CDF"/>
     <w:rsid w:val="00030110"/>
     <w:rsid w:val="000308BA"/>
+    <w:rsid w:val="0003174B"/>
     <w:rsid w:val="00031FB0"/>
     <w:rsid w:val="00032F53"/>
     <w:rsid w:val="00033050"/>
     <w:rsid w:val="000335F0"/>
     <w:rsid w:val="000348F5"/>
     <w:rsid w:val="00034DD0"/>
     <w:rsid w:val="0003526D"/>
     <w:rsid w:val="00035AB2"/>
     <w:rsid w:val="00035D0B"/>
     <w:rsid w:val="000362B2"/>
     <w:rsid w:val="00036445"/>
     <w:rsid w:val="00036700"/>
     <w:rsid w:val="00036711"/>
     <w:rsid w:val="00036A00"/>
     <w:rsid w:val="00036B40"/>
     <w:rsid w:val="00036EA2"/>
     <w:rsid w:val="00036FE4"/>
     <w:rsid w:val="00041038"/>
     <w:rsid w:val="00041BC8"/>
     <w:rsid w:val="0004226A"/>
     <w:rsid w:val="000426CC"/>
     <w:rsid w:val="00042DFA"/>
     <w:rsid w:val="000437CC"/>
     <w:rsid w:val="00044A25"/>
     <w:rsid w:val="00044B20"/>
@@ -12068,50 +13553,51 @@
     <w:rsid w:val="00117808"/>
     <w:rsid w:val="00117C6E"/>
     <w:rsid w:val="00120A48"/>
     <w:rsid w:val="00121D10"/>
     <w:rsid w:val="00122066"/>
     <w:rsid w:val="00122792"/>
     <w:rsid w:val="001247EA"/>
     <w:rsid w:val="00124B91"/>
     <w:rsid w:val="00125955"/>
     <w:rsid w:val="00126FA5"/>
     <w:rsid w:val="001279A3"/>
     <w:rsid w:val="0013017B"/>
     <w:rsid w:val="00130FC1"/>
     <w:rsid w:val="00131B9C"/>
     <w:rsid w:val="001323EB"/>
     <w:rsid w:val="001325C6"/>
     <w:rsid w:val="00132886"/>
     <w:rsid w:val="00132BD0"/>
     <w:rsid w:val="00133335"/>
     <w:rsid w:val="001340D8"/>
     <w:rsid w:val="00134270"/>
     <w:rsid w:val="001351DC"/>
     <w:rsid w:val="00135D0B"/>
     <w:rsid w:val="001365B8"/>
     <w:rsid w:val="00137758"/>
+    <w:rsid w:val="0013787F"/>
     <w:rsid w:val="001378D7"/>
     <w:rsid w:val="00140115"/>
     <w:rsid w:val="00140BCA"/>
     <w:rsid w:val="00141F6B"/>
     <w:rsid w:val="001426EC"/>
     <w:rsid w:val="0014342B"/>
     <w:rsid w:val="00144A52"/>
     <w:rsid w:val="00144BC4"/>
     <w:rsid w:val="00145386"/>
     <w:rsid w:val="00145F58"/>
     <w:rsid w:val="00146B72"/>
     <w:rsid w:val="00147392"/>
     <w:rsid w:val="001504C0"/>
     <w:rsid w:val="001508B6"/>
     <w:rsid w:val="00150F9B"/>
     <w:rsid w:val="001511CE"/>
     <w:rsid w:val="001517E8"/>
     <w:rsid w:val="00151D75"/>
     <w:rsid w:val="00152045"/>
     <w:rsid w:val="00152F09"/>
     <w:rsid w:val="001533DD"/>
     <w:rsid w:val="00154632"/>
     <w:rsid w:val="00154AD9"/>
     <w:rsid w:val="0015518C"/>
     <w:rsid w:val="0015519C"/>
@@ -12354,50 +13840,51 @@
     <w:rsid w:val="00270010"/>
     <w:rsid w:val="0027068F"/>
     <w:rsid w:val="00270F1D"/>
     <w:rsid w:val="00271EE7"/>
     <w:rsid w:val="002725E3"/>
     <w:rsid w:val="00272AEC"/>
     <w:rsid w:val="00272FF6"/>
     <w:rsid w:val="00274EB2"/>
     <w:rsid w:val="002754F0"/>
     <w:rsid w:val="002755B6"/>
     <w:rsid w:val="00275D89"/>
     <w:rsid w:val="00276A6F"/>
     <w:rsid w:val="00276D6D"/>
     <w:rsid w:val="00277525"/>
     <w:rsid w:val="00277793"/>
     <w:rsid w:val="00280021"/>
     <w:rsid w:val="00280FB1"/>
     <w:rsid w:val="0028150F"/>
     <w:rsid w:val="00282028"/>
     <w:rsid w:val="002836D3"/>
     <w:rsid w:val="00283AFF"/>
     <w:rsid w:val="002843E8"/>
     <w:rsid w:val="00284D56"/>
     <w:rsid w:val="00284F01"/>
     <w:rsid w:val="002855A3"/>
+    <w:rsid w:val="002856D1"/>
     <w:rsid w:val="0028585B"/>
     <w:rsid w:val="00285912"/>
     <w:rsid w:val="00285B32"/>
     <w:rsid w:val="00285BBB"/>
     <w:rsid w:val="00287AF3"/>
     <w:rsid w:val="0029169B"/>
     <w:rsid w:val="002918B6"/>
     <w:rsid w:val="00291E0D"/>
     <w:rsid w:val="00291FF4"/>
     <w:rsid w:val="0029203F"/>
     <w:rsid w:val="00293A56"/>
     <w:rsid w:val="00293B83"/>
     <w:rsid w:val="00293CFB"/>
     <w:rsid w:val="00294957"/>
     <w:rsid w:val="00295EC3"/>
     <w:rsid w:val="00295FAD"/>
     <w:rsid w:val="002962CF"/>
     <w:rsid w:val="0029641E"/>
     <w:rsid w:val="00297676"/>
     <w:rsid w:val="002976E0"/>
     <w:rsid w:val="002978F0"/>
     <w:rsid w:val="002979C9"/>
     <w:rsid w:val="002A06F3"/>
     <w:rsid w:val="002A0D66"/>
     <w:rsid w:val="002A15AE"/>
@@ -12424,50 +13911,51 @@
     <w:rsid w:val="002B6D81"/>
     <w:rsid w:val="002B711A"/>
     <w:rsid w:val="002B769D"/>
     <w:rsid w:val="002C005C"/>
     <w:rsid w:val="002C0676"/>
     <w:rsid w:val="002C0B5F"/>
     <w:rsid w:val="002C10ED"/>
     <w:rsid w:val="002C1A52"/>
     <w:rsid w:val="002C39F9"/>
     <w:rsid w:val="002C4D80"/>
     <w:rsid w:val="002C55D0"/>
     <w:rsid w:val="002C735F"/>
     <w:rsid w:val="002C7D66"/>
     <w:rsid w:val="002D14E4"/>
     <w:rsid w:val="002D14EF"/>
     <w:rsid w:val="002D1A52"/>
     <w:rsid w:val="002D1ACE"/>
     <w:rsid w:val="002D1EF8"/>
     <w:rsid w:val="002D25E1"/>
     <w:rsid w:val="002D2C79"/>
     <w:rsid w:val="002D34C2"/>
     <w:rsid w:val="002D3AE6"/>
     <w:rsid w:val="002D403B"/>
     <w:rsid w:val="002D4311"/>
     <w:rsid w:val="002D4492"/>
+    <w:rsid w:val="002D4833"/>
     <w:rsid w:val="002D4CAA"/>
     <w:rsid w:val="002D518D"/>
     <w:rsid w:val="002D5343"/>
     <w:rsid w:val="002D55E1"/>
     <w:rsid w:val="002D6A23"/>
     <w:rsid w:val="002D6C4C"/>
     <w:rsid w:val="002D6F56"/>
     <w:rsid w:val="002D7DB5"/>
     <w:rsid w:val="002D7FF5"/>
     <w:rsid w:val="002E012B"/>
     <w:rsid w:val="002E06F5"/>
     <w:rsid w:val="002E0912"/>
     <w:rsid w:val="002E0980"/>
     <w:rsid w:val="002E0EB2"/>
     <w:rsid w:val="002E27BC"/>
     <w:rsid w:val="002E2D3E"/>
     <w:rsid w:val="002E2F38"/>
     <w:rsid w:val="002E30CE"/>
     <w:rsid w:val="002E4204"/>
     <w:rsid w:val="002E59FA"/>
     <w:rsid w:val="002E5BF7"/>
     <w:rsid w:val="002F03EE"/>
     <w:rsid w:val="002F07BE"/>
     <w:rsid w:val="002F113F"/>
     <w:rsid w:val="002F1464"/>
@@ -12769,71 +14257,73 @@
     <w:rsid w:val="00457898"/>
     <w:rsid w:val="00457D91"/>
     <w:rsid w:val="0046053A"/>
     <w:rsid w:val="004606E9"/>
     <w:rsid w:val="004616DF"/>
     <w:rsid w:val="00461FEF"/>
     <w:rsid w:val="00462355"/>
     <w:rsid w:val="004632F0"/>
     <w:rsid w:val="0046335D"/>
     <w:rsid w:val="00463462"/>
     <w:rsid w:val="00463A65"/>
     <w:rsid w:val="00463CD0"/>
     <w:rsid w:val="004654B5"/>
     <w:rsid w:val="00467C59"/>
     <w:rsid w:val="004701CE"/>
     <w:rsid w:val="00471851"/>
     <w:rsid w:val="00471B20"/>
     <w:rsid w:val="004726F7"/>
     <w:rsid w:val="00472B53"/>
     <w:rsid w:val="00473356"/>
     <w:rsid w:val="00474C32"/>
     <w:rsid w:val="00476096"/>
     <w:rsid w:val="00476E5F"/>
     <w:rsid w:val="00481C3B"/>
     <w:rsid w:val="0048291C"/>
+    <w:rsid w:val="00482D57"/>
     <w:rsid w:val="00483107"/>
     <w:rsid w:val="00483A78"/>
     <w:rsid w:val="004842F0"/>
     <w:rsid w:val="00484610"/>
     <w:rsid w:val="00484E06"/>
     <w:rsid w:val="00486388"/>
     <w:rsid w:val="00486645"/>
     <w:rsid w:val="00486E54"/>
     <w:rsid w:val="00486FFF"/>
     <w:rsid w:val="00487087"/>
     <w:rsid w:val="00487238"/>
     <w:rsid w:val="00487668"/>
     <w:rsid w:val="00487740"/>
     <w:rsid w:val="0048775B"/>
     <w:rsid w:val="004877E4"/>
     <w:rsid w:val="004879D5"/>
     <w:rsid w:val="004905C8"/>
     <w:rsid w:val="00490ECB"/>
     <w:rsid w:val="00491BBF"/>
     <w:rsid w:val="00492415"/>
     <w:rsid w:val="00493100"/>
+    <w:rsid w:val="004931C2"/>
     <w:rsid w:val="00493215"/>
     <w:rsid w:val="0049388B"/>
     <w:rsid w:val="00493CB0"/>
     <w:rsid w:val="00494067"/>
     <w:rsid w:val="00494581"/>
     <w:rsid w:val="004956BF"/>
     <w:rsid w:val="004968B8"/>
     <w:rsid w:val="004969C2"/>
     <w:rsid w:val="00496B33"/>
     <w:rsid w:val="004972B9"/>
     <w:rsid w:val="00497538"/>
     <w:rsid w:val="0049784A"/>
     <w:rsid w:val="004A15A4"/>
     <w:rsid w:val="004A24B0"/>
     <w:rsid w:val="004A277D"/>
     <w:rsid w:val="004A431D"/>
     <w:rsid w:val="004A4D81"/>
     <w:rsid w:val="004A5523"/>
     <w:rsid w:val="004A56E3"/>
     <w:rsid w:val="004A619D"/>
     <w:rsid w:val="004A634E"/>
     <w:rsid w:val="004A65E0"/>
     <w:rsid w:val="004A6CC7"/>
     <w:rsid w:val="004A71A6"/>
     <w:rsid w:val="004A7DB7"/>
@@ -13674,50 +15164,51 @@
     <w:rsid w:val="00881D93"/>
     <w:rsid w:val="00883977"/>
     <w:rsid w:val="00883DA0"/>
     <w:rsid w:val="00884117"/>
     <w:rsid w:val="008847D9"/>
     <w:rsid w:val="0088484D"/>
     <w:rsid w:val="00884D23"/>
     <w:rsid w:val="008854A1"/>
     <w:rsid w:val="0088571B"/>
     <w:rsid w:val="00885D74"/>
     <w:rsid w:val="00886CA5"/>
     <w:rsid w:val="008871BE"/>
     <w:rsid w:val="00887416"/>
     <w:rsid w:val="00887465"/>
     <w:rsid w:val="0089007D"/>
     <w:rsid w:val="00890B31"/>
     <w:rsid w:val="00891B08"/>
     <w:rsid w:val="008926E9"/>
     <w:rsid w:val="00892B1E"/>
     <w:rsid w:val="0089380A"/>
     <w:rsid w:val="008938F2"/>
     <w:rsid w:val="00893B46"/>
     <w:rsid w:val="00893BD6"/>
     <w:rsid w:val="008940CE"/>
     <w:rsid w:val="008959FB"/>
+    <w:rsid w:val="00895E17"/>
     <w:rsid w:val="00897CE7"/>
     <w:rsid w:val="008A00BC"/>
     <w:rsid w:val="008A0311"/>
     <w:rsid w:val="008A0335"/>
     <w:rsid w:val="008A13EB"/>
     <w:rsid w:val="008A1901"/>
     <w:rsid w:val="008A2AEC"/>
     <w:rsid w:val="008A2BDD"/>
     <w:rsid w:val="008A2CFC"/>
     <w:rsid w:val="008A33C6"/>
     <w:rsid w:val="008A35EE"/>
     <w:rsid w:val="008A3D45"/>
     <w:rsid w:val="008A439A"/>
     <w:rsid w:val="008A51B7"/>
     <w:rsid w:val="008A535D"/>
     <w:rsid w:val="008A57B5"/>
     <w:rsid w:val="008A58DE"/>
     <w:rsid w:val="008B024F"/>
     <w:rsid w:val="008B173C"/>
     <w:rsid w:val="008B28FF"/>
     <w:rsid w:val="008B2991"/>
     <w:rsid w:val="008B29AA"/>
     <w:rsid w:val="008B33BC"/>
     <w:rsid w:val="008B3CAE"/>
     <w:rsid w:val="008B496B"/>
@@ -13844,50 +15335,51 @@
     <w:rsid w:val="00946471"/>
     <w:rsid w:val="00946E2A"/>
     <w:rsid w:val="00950E5C"/>
     <w:rsid w:val="00951B18"/>
     <w:rsid w:val="00952414"/>
     <w:rsid w:val="009526D0"/>
     <w:rsid w:val="0095333C"/>
     <w:rsid w:val="009535DF"/>
     <w:rsid w:val="00953CEF"/>
     <w:rsid w:val="00953D83"/>
     <w:rsid w:val="009541DD"/>
     <w:rsid w:val="00955888"/>
     <w:rsid w:val="00955AFD"/>
     <w:rsid w:val="00956584"/>
     <w:rsid w:val="00956C37"/>
     <w:rsid w:val="009574DB"/>
     <w:rsid w:val="0095769E"/>
     <w:rsid w:val="00957E42"/>
     <w:rsid w:val="00960CFA"/>
     <w:rsid w:val="00961A89"/>
     <w:rsid w:val="00961BBC"/>
     <w:rsid w:val="00961DAF"/>
     <w:rsid w:val="00962D23"/>
     <w:rsid w:val="00963414"/>
     <w:rsid w:val="0096456F"/>
+    <w:rsid w:val="00964585"/>
     <w:rsid w:val="00964D38"/>
     <w:rsid w:val="00964FC7"/>
     <w:rsid w:val="009663C0"/>
     <w:rsid w:val="0096752A"/>
     <w:rsid w:val="00967606"/>
     <w:rsid w:val="009701D0"/>
     <w:rsid w:val="0097048C"/>
     <w:rsid w:val="00970770"/>
     <w:rsid w:val="00970C8E"/>
     <w:rsid w:val="00970FE1"/>
     <w:rsid w:val="00971BD3"/>
     <w:rsid w:val="00972793"/>
     <w:rsid w:val="00972FC3"/>
     <w:rsid w:val="0097329C"/>
     <w:rsid w:val="00973EB9"/>
     <w:rsid w:val="00974447"/>
     <w:rsid w:val="009746ED"/>
     <w:rsid w:val="00974962"/>
     <w:rsid w:val="00974A66"/>
     <w:rsid w:val="009750F3"/>
     <w:rsid w:val="009750F7"/>
     <w:rsid w:val="00977441"/>
     <w:rsid w:val="00977D30"/>
     <w:rsid w:val="00977ED0"/>
     <w:rsid w:val="00980E62"/>
@@ -13923,64 +15415,66 @@
     <w:rsid w:val="009979D1"/>
     <w:rsid w:val="009A14E5"/>
     <w:rsid w:val="009A290B"/>
     <w:rsid w:val="009A2E88"/>
     <w:rsid w:val="009A3262"/>
     <w:rsid w:val="009A430A"/>
     <w:rsid w:val="009A4515"/>
     <w:rsid w:val="009A4B0B"/>
     <w:rsid w:val="009A4B8B"/>
     <w:rsid w:val="009A4C2B"/>
     <w:rsid w:val="009A51B8"/>
     <w:rsid w:val="009A61DF"/>
     <w:rsid w:val="009A62E9"/>
     <w:rsid w:val="009A6EF0"/>
     <w:rsid w:val="009B020B"/>
     <w:rsid w:val="009B02A9"/>
     <w:rsid w:val="009B1751"/>
     <w:rsid w:val="009B1F64"/>
     <w:rsid w:val="009B2B93"/>
     <w:rsid w:val="009B3176"/>
     <w:rsid w:val="009B3750"/>
     <w:rsid w:val="009B3859"/>
     <w:rsid w:val="009B3E86"/>
     <w:rsid w:val="009B461E"/>
     <w:rsid w:val="009B594E"/>
+    <w:rsid w:val="009B682F"/>
     <w:rsid w:val="009B6975"/>
     <w:rsid w:val="009B6AEA"/>
     <w:rsid w:val="009B70EA"/>
     <w:rsid w:val="009B726E"/>
     <w:rsid w:val="009B7766"/>
     <w:rsid w:val="009C0B2F"/>
     <w:rsid w:val="009C1801"/>
     <w:rsid w:val="009C26E1"/>
     <w:rsid w:val="009C3763"/>
     <w:rsid w:val="009C396C"/>
     <w:rsid w:val="009C49D8"/>
     <w:rsid w:val="009C54C7"/>
     <w:rsid w:val="009C5DFE"/>
     <w:rsid w:val="009C66DA"/>
+    <w:rsid w:val="009C707E"/>
     <w:rsid w:val="009C7090"/>
     <w:rsid w:val="009C783F"/>
     <w:rsid w:val="009C796E"/>
     <w:rsid w:val="009D0C0A"/>
     <w:rsid w:val="009D0C2E"/>
     <w:rsid w:val="009D17CC"/>
     <w:rsid w:val="009D4952"/>
     <w:rsid w:val="009D5C3E"/>
     <w:rsid w:val="009D5E2E"/>
     <w:rsid w:val="009D7098"/>
     <w:rsid w:val="009D7818"/>
     <w:rsid w:val="009D78F8"/>
     <w:rsid w:val="009E0623"/>
     <w:rsid w:val="009E1141"/>
     <w:rsid w:val="009E1553"/>
     <w:rsid w:val="009E23E2"/>
     <w:rsid w:val="009E286C"/>
     <w:rsid w:val="009E36FB"/>
     <w:rsid w:val="009E3A3B"/>
     <w:rsid w:val="009E3BF3"/>
     <w:rsid w:val="009E3D03"/>
     <w:rsid w:val="009E458B"/>
     <w:rsid w:val="009E4B3A"/>
     <w:rsid w:val="009E57B8"/>
     <w:rsid w:val="009E5BE4"/>
@@ -14439,50 +15933,51 @@
     <w:rsid w:val="00BF1268"/>
     <w:rsid w:val="00BF12C1"/>
     <w:rsid w:val="00BF17EF"/>
     <w:rsid w:val="00BF1D8F"/>
     <w:rsid w:val="00BF213D"/>
     <w:rsid w:val="00BF2CA8"/>
     <w:rsid w:val="00BF3AB6"/>
     <w:rsid w:val="00BF3F13"/>
     <w:rsid w:val="00BF4B88"/>
     <w:rsid w:val="00BF5E40"/>
     <w:rsid w:val="00BF7277"/>
     <w:rsid w:val="00BF735D"/>
     <w:rsid w:val="00C0007C"/>
     <w:rsid w:val="00C0021F"/>
     <w:rsid w:val="00C00610"/>
     <w:rsid w:val="00C007AE"/>
     <w:rsid w:val="00C010B3"/>
     <w:rsid w:val="00C014B6"/>
     <w:rsid w:val="00C019DE"/>
     <w:rsid w:val="00C0219E"/>
     <w:rsid w:val="00C022F7"/>
     <w:rsid w:val="00C02AC9"/>
     <w:rsid w:val="00C03888"/>
     <w:rsid w:val="00C03BA3"/>
     <w:rsid w:val="00C05110"/>
+    <w:rsid w:val="00C054AE"/>
     <w:rsid w:val="00C058AE"/>
     <w:rsid w:val="00C066F5"/>
     <w:rsid w:val="00C06854"/>
     <w:rsid w:val="00C06F6D"/>
     <w:rsid w:val="00C10CFC"/>
     <w:rsid w:val="00C11C73"/>
     <w:rsid w:val="00C132AD"/>
     <w:rsid w:val="00C14A72"/>
     <w:rsid w:val="00C1544B"/>
     <w:rsid w:val="00C1577F"/>
     <w:rsid w:val="00C15E32"/>
     <w:rsid w:val="00C170CA"/>
     <w:rsid w:val="00C17EE9"/>
     <w:rsid w:val="00C20326"/>
     <w:rsid w:val="00C207D0"/>
     <w:rsid w:val="00C20CC0"/>
     <w:rsid w:val="00C216CF"/>
     <w:rsid w:val="00C21A17"/>
     <w:rsid w:val="00C22403"/>
     <w:rsid w:val="00C2240D"/>
     <w:rsid w:val="00C25E40"/>
     <w:rsid w:val="00C26231"/>
     <w:rsid w:val="00C265EB"/>
     <w:rsid w:val="00C266B8"/>
     <w:rsid w:val="00C277AA"/>
@@ -14897,50 +16392,51 @@
     <w:rsid w:val="00DF488B"/>
     <w:rsid w:val="00DF5C7A"/>
     <w:rsid w:val="00DF6F6A"/>
     <w:rsid w:val="00DF78B7"/>
     <w:rsid w:val="00E002D5"/>
     <w:rsid w:val="00E00425"/>
     <w:rsid w:val="00E004B5"/>
     <w:rsid w:val="00E00770"/>
     <w:rsid w:val="00E013DE"/>
     <w:rsid w:val="00E014C9"/>
     <w:rsid w:val="00E01D35"/>
     <w:rsid w:val="00E03C8F"/>
     <w:rsid w:val="00E04618"/>
     <w:rsid w:val="00E051E1"/>
     <w:rsid w:val="00E06195"/>
     <w:rsid w:val="00E07F77"/>
     <w:rsid w:val="00E10C3C"/>
     <w:rsid w:val="00E10F87"/>
     <w:rsid w:val="00E132A6"/>
     <w:rsid w:val="00E13621"/>
     <w:rsid w:val="00E14522"/>
     <w:rsid w:val="00E1472D"/>
     <w:rsid w:val="00E15B0E"/>
     <w:rsid w:val="00E15C4B"/>
     <w:rsid w:val="00E20FA2"/>
+    <w:rsid w:val="00E2107F"/>
     <w:rsid w:val="00E2134B"/>
     <w:rsid w:val="00E21950"/>
     <w:rsid w:val="00E2228F"/>
     <w:rsid w:val="00E222A0"/>
     <w:rsid w:val="00E22B0F"/>
     <w:rsid w:val="00E2394F"/>
     <w:rsid w:val="00E25DA6"/>
     <w:rsid w:val="00E261F8"/>
     <w:rsid w:val="00E26971"/>
     <w:rsid w:val="00E273AE"/>
     <w:rsid w:val="00E27C03"/>
     <w:rsid w:val="00E27EC0"/>
     <w:rsid w:val="00E30F7A"/>
     <w:rsid w:val="00E31C32"/>
     <w:rsid w:val="00E32D6E"/>
     <w:rsid w:val="00E333D9"/>
     <w:rsid w:val="00E35358"/>
     <w:rsid w:val="00E3577F"/>
     <w:rsid w:val="00E3619F"/>
     <w:rsid w:val="00E369E7"/>
     <w:rsid w:val="00E36D9B"/>
     <w:rsid w:val="00E36F17"/>
     <w:rsid w:val="00E4078B"/>
     <w:rsid w:val="00E41BF6"/>
     <w:rsid w:val="00E41FB0"/>
@@ -15844,54 +17340,75 @@
       <w:color w:val="auto"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="2"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00EE6FAE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="51031E" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="2"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004931C2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="51031E" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -16654,50 +18171,65 @@
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C4767C"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLCode">
     <w:name w:val="HTML Code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B548DB"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="004931C2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="51031E" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="39282709">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1433935973">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -16815,59 +18347,59 @@
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1969427853">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/NetFrameworkSdk.md" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Vue.md" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/NetCoreMauiHybrid.md" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jsilvestri.com/home/services" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/AngularCli.md" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Powershell.md" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/NetCoreBlazor.md" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Bash.md" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/npm.md" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/AspNetCore.md" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Node.md" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Vite.md" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/VisualStudio.md" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/React.md" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/NetFrameworkSdk.md" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Vue.md" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/NetCoreMauiHybrid.md" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jsilvestri.com/home/services" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/AngularCli.md" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Powershell.md" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/NetCoreBlazor.md" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Bash.md" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/npm.md" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/AspNetCore.md" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Node.md" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Vite.md" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/VisualStudio.md" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/React.md" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jsilvestri.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\jsilvestri\AppData\Local\Microsoft\Office\16.0\DTS\en-US%7bD4A3E097-5E6E-4C96-85D8-9E0B42CCFD29%7d\%7b2779A9B3-0B81-4292-8678-0A64A8866CE5%7dtf16392796_win32.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme2">
   <a:themeElements>
     <a:clrScheme name="Custom 1">
       <a:dk1>
         <a:srgbClr val="161718"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="282660"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E6E7E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="A4063E"/>
       </a:accent1>
@@ -17099,75 +18631,75 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8894762D-26DF-496E-B23C-CD867B033AD0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>{2779A9B3-0B81-4292-8678-0A64A8866CE5}tf16392796_win32</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3332</Words>
-  <Characters>18997</Characters>
+  <Words>3111</Words>
+  <Characters>16961</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>530</Lines>
+  <Paragraphs>282</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22285</CharactersWithSpaces>
+  <CharactersWithSpaces>19790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject>Jason Silvestri</dc:subject>
   <dc:creator>Jason Silvestri</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>e5b67ba9c987308f8516581f644aa518a7473a04d6665a9795845e24de9acc70</vt:lpwstr>