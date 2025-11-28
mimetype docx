--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -225,82 +225,67 @@
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="5FCB4550" id="Straight Connector 1" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="468pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYtGX5qAEAAEUDAAAOAAAAZHJzL2Uyb0RvYy54bWysUstu2zAQvBfoPxC815SdRxPBcg4xkkvQ&#10;BmjzARuKlAjwBS5jyX/fJe04SXMrqgNFcpezO7OzvpmdZTuV0ATf8eWi4Ux5GXrjh44//b77dsUZ&#10;ZvA92OBVx/cK+c3m65f1FFu1CmOwvUqMQDy2U+z4mHNshUA5Kge4CFF5CuqQHGQ6pkH0CSZCd1as&#10;muZSTCH1MQWpEOl2ewjyTcXXWsn8U2tUmdmOU2+5rqmuz2UVmzW0Q4I4GnlsA/6hCwfGU9ET1BYy&#10;sJdkPkE5I1PAoPNCBieC1kaqyoHYLJu/2PwaIarKhcTBeJIJ/x+s/LG79Y+JZJgithgfU2Ex6+TK&#10;n/pjcxVrfxJLzZlJury4Pj+7bEhT+RoTbw9jwnyvgmNl03FrfOEBLeweMFMxSn1NKdc+3Blr6yys&#10;ZxMZafW9QgNZQlvIVMXFvuPoB87ADuQ1mVOFxGBNX54XoOobdWsT2wFNPM/LMmGq9iGrlN4Cjoek&#10;GjoYwZlMbrTGdfyqKd/xtfUFXFU/HQm8yVV2z6HfVxVFOdGsatGjr4oZ3p9p/979mz8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDjEF302AAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuLB1oY5SmEyAhDfXE4AC3rPHaisaJGm8tb4/HBS6WPv3W78/FevK9OuKQukAG5rMMFFIdXEeN&#10;gfe356sVqMSWnO0DoYFvTLAuz88Km7sw0iset9woKaGUWwMtc8y1TnWL3qZZiEiS7cPgLQsOjXaD&#10;HaXc9/o6y5ba247kQmsjPrVYf20P3kBVPY5z5k26fRkXH1WMn/vNamHM5cX0cA+KceK/ZTjpizqU&#10;4rQLB3JJ9QbkEf6dkt3dLAV3J9Rlof+rlz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;WLRl+agBAABFAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA4xBd9NgAAAACAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:anchorlock/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65756635" w14:textId="77777777" w:rsidR="0078074B" w:rsidRDefault="0078074B" w:rsidP="0078074B">
+    <w:p w14:paraId="539C8ED7" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:r>
-        <w:t xml:space="preserve">As a successful &amp; well-known Solution Architect, &amp; Lead Sr., Multi-Platform .NET Developer, I help separate some of the World's most innovative Startups &amp; Fortune 500s from their competition. </w:t>
+        <w:t xml:space="preserve">As a successful &amp; well-known Solution Architect, &amp; Lead Sr., Multi-Platform .NET Developer, I have more than 25 years of experience, using over 40 different Desktop, Web, &amp; Mobile technologies, IDEs, Design Patterns, Best Practices, and Development Standards, with my primary focus today creating enterprise-level, multi-platform, full-stack, web, desktop, native mobile and responsive mobile user experiences. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DEE42E" w14:textId="77777777" w:rsidR="0078074B" w:rsidRDefault="0078074B" w:rsidP="0078074B"/>
-    <w:p w14:paraId="78E4AC3F" w14:textId="77777777" w:rsidR="0078074B" w:rsidRDefault="0078074B" w:rsidP="0078074B">
+    <w:p w14:paraId="3820B68E" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935"/>
+    <w:p w14:paraId="5A08475E" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:r>
-        <w:t xml:space="preserve">I have more than 25 years of experience, using over 40 different Desktop, Web, &amp; Mobile technologies, IDEs, Design Patterns, Best Practices, and Development Standards, with my primary focus today creating enterprise-level, multi-platform, full-stack, web, desktop, native mobile and responsive mobile user experiences. I’m truly honored to have worked alongside some of the most skilled developers I’ve ever known to exist, across all development tiers, and on projects involving brands such as Microsoft Azure, Red Curve Solutions, Optum, UHG, Trip Advisor, Union Bank®, Botox Cosmetic, STIHL®, Citizen Watch, American Family, the NFL, WWE, Rovio, Dassault </w:t>
-[...7 lines deleted...]
-        <w:t>, MKS, MIT, Harvard Business &amp; More!</w:t>
+        <w:t xml:space="preserve">The company structure I look for is one with an engaging philosophy, smart &amp; collaborative teams, and a friendly but firm culture. At the same time, I’m completely outfitted, capable, and competent to work in most environments, including “high-pressure situations”, whether it be On-Site, Remotely, or in a Hybrid setting, and regardless of travel time, location, relocation, etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B0F088" w14:textId="77777777" w:rsidR="0078074B" w:rsidRDefault="0078074B" w:rsidP="0078074B"/>
-    <w:p w14:paraId="5A089727" w14:textId="77777777" w:rsidR="0078074B" w:rsidRDefault="0078074B" w:rsidP="0078074B">
+    <w:p w14:paraId="0AA6BC91" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935"/>
+    <w:p w14:paraId="08CFA71E" w14:textId="399CAADE" w:rsidR="00003455" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:r>
-        <w:t xml:space="preserve">The company structure I look for is that of a relatively stable environment, with an engaging philosophy, smart &amp; collaborative teams, and a friendly but firm culture. At the same time, I’m completely outfitted, capable, and competent to work in most environments, including “high-pressure situations”, whether it be On-Site, Remotely, or in a Hybrid setting, and regardless of travel time, location, relocation, etc. </w:t>
+        <w:t>I’ve been told I’m surprising cool given the responsibilities I often carry, a pleasure to be around, honest, polite, and considerate of other’s concerns. I also understand my career portfolio may intimate some Sr. Level Engineers. I can respect that. Most would be happy to know that I am well past the business politics, climbing ladders &amp; self-preservation that tend to grapple most of us in your average workplace. I’m still young enough to enjoy the thrill of the hunt and absolutely love doing what I do, but also old enough to know we have a job to do. It’s about pure team collaboration, regularly following and improving development standards, and being one of a team made up of individuals that are just as confident in their epic skills, as they are acknowledging their biggest weaknesses, all with the common goal to help each other succeed &amp; grow, and to do what’s best for the business.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="169B95DA" w14:textId="77777777" w:rsidR="0078074B" w:rsidRDefault="0078074B" w:rsidP="0078074B"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="08CFA71E" w14:textId="12CF838D" w:rsidR="00003455" w:rsidRDefault="00003455" w:rsidP="002258A0"/>
     <w:p w14:paraId="214AE279" w14:textId="77777777" w:rsidR="00F41BEE" w:rsidRDefault="00000000" w:rsidP="006E0605">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1494989950"/>
           <w:placeholder>
             <w:docPart w:val="A7F30148FB48448D8E054F173AE5E690"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:appearance w15:val="hidden"/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00F41BEE">
             <w:t>Experience</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="50DEF4C1" w14:textId="77777777" w:rsidR="00003455" w:rsidRPr="00003455" w:rsidRDefault="00003455" w:rsidP="00003455">
       <w:pPr>
         <w:spacing w:line="168" w:lineRule="auto"/>
         <w:rPr>
@@ -356,386 +341,1021 @@
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="4DC79F2C" id="Straight Connector 1" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="468pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATSI7CugEAAN4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu3CAQvUfqPyDuXXu3bdJa680hUXKp&#10;2qhpPoDgYY0EDAKy9v59B7zrTduoUqJeMAPz3rx5jNeXozVsByFqdC1fLmrOwEnstNu2/OHnzfvP&#10;nMUkXCcMOmj5HiK/3Lw7Ww++gRX2aDoIjEhcbAbf8j4l31RVlD1YERfowdGlwmBFojBsqy6Igdit&#10;qVZ1fV4NGDofUEKMdHo9XfJN4VcKZPquVITETMtJWyprKOtjXqvNWjTbIHyv5UGGeIMKK7SjojPV&#10;tUiCPQX9F5XVMmBElRYSbYVKaQmlB+pmWf/RzX0vPJReyJzoZ5vi/6OV33ZX7i6QDYOPTfR3IXcx&#10;qmDzl/SxsZi1n82CMTFJh5++fPxwXpOn8nhXnYA+xHQLaFnetNxol/sQjdh9jYmKUeoxJR8bxwaa&#10;ntUF8eU4otHdjTamBHkW4MoEthP0imlc5lcjhmdZFBlHh6cmyi7tDUz8P0Ax3ZHs5VTgd04hJbh0&#10;5DWOsjNMkYIZeFD2L+AhP0OhzN5rwDOiVEaXZrDVDsNLsk9WqCn/6MDUd7bgEbt9ed5iDQ1Rce4w&#10;8HlKn8cFfvotN78AAAD//wMAUEsDBBQABgAIAAAAIQDjEF302AAAAAIBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCRuLB1oY5SmEyAhDfXE4AC3rPHaisaJGm8tb4/HBS6WPv3W78/F&#10;evK9OuKQukAG5rMMFFIdXEeNgfe356sVqMSWnO0DoYFvTLAuz88Km7sw0iset9woKaGUWwMtc8y1&#10;TnWL3qZZiEiS7cPgLQsOjXaDHaXc9/o6y5ba247kQmsjPrVYf20P3kBVPY5z5k26fRkXH1WMn/vN&#10;amHM5cX0cA+KceK/ZTjpizqU4rQLB3JJ9QbkEf6dkt3dLAV3J9Rlof+rlz8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAE0iOwroBAADeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA4xBd9NgAAAACAQAADwAAAAAAAAAAAAAAAAAUBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:anchorlock/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14605DD1" w14:textId="259F9BE4" w:rsidR="00F41BEE" w:rsidRDefault="00F3696E" w:rsidP="006E0605">
+    <w:p w14:paraId="14605DD1" w14:textId="04589BD9" w:rsidR="00F41BEE" w:rsidRDefault="00BE6935" w:rsidP="006E0605">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
-        <w:t>jSilvestri.com BETA v 202</w:t>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>INCARESYS (INDEPENDENT CARE SYSTEMS INC (ICSI)</w:t>
       </w:r>
-      <w:r w:rsidR="005660DD">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00F3696E">
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r w:rsidR="00782B6E">
-        <w:t xml:space="preserve">CONTRACTOR &amp; </w:t>
+        <w:t>CONTRACTOR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F3696E">
-        <w:t xml:space="preserve">VOLUNTEER </w:t>
+      <w:r w:rsidR="00F3696E" w:rsidRPr="00F3696E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00003455">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F3696E">
         <w:t xml:space="preserve">Feb, 2021 – </w:t>
       </w:r>
-      <w:r w:rsidR="00BF1457">
-        <w:t>Apr</w:t>
+      <w:r>
+        <w:t>Nov</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F3696E">
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="005660DD">
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6DCA51" w14:textId="37B4CE11" w:rsidR="00F3696E" w:rsidRPr="00F3696E" w:rsidRDefault="00F3696E" w:rsidP="00F3696E">
+    <w:p w14:paraId="4B6DCA51" w14:textId="4308BE96" w:rsidR="00F3696E" w:rsidRPr="00F3696E" w:rsidRDefault="00BE6935" w:rsidP="00F3696E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F3696E">
+      <w:r w:rsidRPr="00BE6935">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Lead Sr. Web Software Engineer, Solution Architect, and Full-stack .NET Developer</w:t>
+        <w:t>SOLUTION ARCHITECT, MULTI-PLATFORM ENGINEER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FF4575" w14:textId="09A9663E" w:rsidR="003632BE" w:rsidRDefault="005D1CB4" w:rsidP="00F3696E">
+    <w:p w14:paraId="33432505" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D1CB4">
-[...4 lines deleted...]
-        <w:t>few overlapping projects I hoped you could take a quick moment to recognize before diving into the rest of my employment history.</w:t>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>My most recent responsibilities have been as the sole developer responsible for the Self Health® enterprise-level application development of the following projects:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757D7423" w14:textId="77777777" w:rsidR="005D1CB4" w:rsidRDefault="005D1CB4" w:rsidP="00F3696E">
+    <w:p w14:paraId="42A1633B" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000E3BE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>BETA v 2025</w:t>
-[...45 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="086EC0CB" w14:textId="77777777" w:rsidR="00B87C12" w:rsidRDefault="00B87C12" w:rsidP="00B87C12">
+    <w:p w14:paraId="31F002DD" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="288"/>
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth.Core</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7C731C91" w14:textId="7F780F99" w:rsidR="005660DD" w:rsidRDefault="00B87C12" w:rsidP="00B87C12">
+    <w:p w14:paraId="5FAAAE27" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Purpose:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Domain-centric layer for models, validation logic, and shared service abstractions.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E7EE27" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">Entities and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>ValueObjects</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> representing patient, provider, and record contexts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A81BCC" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">Central </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>IResult</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">&lt;T&gt; / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>ResultFactory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> pattern for uniform responses</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313F1B7B" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Shared configuration and constants (brand, licensing, telemetry</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0E0444" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="288"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">The </w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth.ML</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC68296" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Purpose:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Machine-Learning and analytics layer.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438CA52F" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:lastRenderedPageBreak/>
+        <w:t>Predictive health metrics (vitals trends, adherence risk)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A9DD1C" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>ML.NET pipelines for inference</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60943743" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">Shared </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>JSopX</w:t>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>ModelRegistry.json</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>I’m truly proud of it, and extremely blessed the collection is FREE for all to use.</w:t>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> for model versioning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370A41C4" w14:textId="77777777" w:rsidR="00B87C12" w:rsidRDefault="00B87C12" w:rsidP="00B87C12">
+    <w:p w14:paraId="3118F91B" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Future: integration with PaLMs{} workflow export and inference sandbox</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26194CA3" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="288"/>
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth.WebApi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="07E87E99" w14:textId="1B85F0C9" w:rsidR="00F3696E" w:rsidRDefault="00F3696E" w:rsidP="005660DD">
+    <w:p w14:paraId="339DDC29" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F3696E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00ED636C">
+      <w:r w:rsidRPr="00BE6935">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>jSilvestri.com BETA</w:t>
+        <w:t>Purpose:</w:t>
       </w:r>
-      <w:r w:rsidR="005660DD">
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Public API surface; bridges Core, Data, and Presentation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> &amp; ALPHA</w:t>
+        <w:t>Highlights</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED636C">
+    </w:p>
+    <w:p w14:paraId="4A13EDA8" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>ASP.NET Core 9 Minimal API controllers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79911AEC" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>JWT + OIDC authentication</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC2C838" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>EnvelopeValidator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Web endpoints (/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>selfhealth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>/v1/envelope/*)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2187E92F" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> v 2024</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">Integrated Swagger / </w:t>
       </w:r>
-      <w:r w:rsidR="005660DD">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>ReDoc</w:t>
       </w:r>
-      <w:r w:rsidR="005660DD" w:rsidRPr="00ED636C">
-[...4 lines deleted...]
-        <w:t>BETA</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> with health checks and </w:t>
       </w:r>
-      <w:r w:rsidR="005660DD">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>OpenTelemetry</w:t>
       </w:r>
-      <w:r w:rsidR="005660DD" w:rsidRPr="00ED636C">
-[...20 lines deleted...]
-        <w:t>Actively engaged in ongoing development, check-ins, and deployments of mobile and web applications using Azure Cloud, HTML5, CSS3, Asp.NET Core 6.1.208, 7 &amp; 8, MVC, jQuery, JavaScript, Bootstrap, Entity Framework, SQL Server, Web Services, Web API &amp; JSON. Focus on creating a user-friendly platform for recruiters, talent acquisition specialists, and potential employers to better reach me over potential clients given my current focus, to keep up with new innovations and technology improvements, etc.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> exporters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0438E8F1" w14:textId="77777777" w:rsidR="00B87C12" w:rsidRDefault="00B87C12" w:rsidP="00B87C12">
+    <w:p w14:paraId="76096592" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="288"/>
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth.Data</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="32326AFE" w14:textId="32C11B2B" w:rsidR="00F3696E" w:rsidRDefault="00F3696E" w:rsidP="006E0605">
+    <w:p w14:paraId="618A8667" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F3696E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00ED636C">
+      <w:r w:rsidRPr="00BE6935">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Deal Hopper™</w:t>
+        <w:t>Purpose:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F3696E">
-        <w:t xml:space="preserve"> in Middleboro, MA. Developed an eCommerce Retail Arbitrage Mobile &amp; Web Application User Experience using Azure Cloud, HTML5, CSS3, Asp.NET Core 7, Blazor, Razor Pages, .NET MAUI, jQuery, JavaScript, Bootstrap, Entity Framework, SQL Server, Web Services, Web API &amp; JSON. Utilized graphic designer software for creative design and Advanced Open A.I. API for facial, audio, video &amp; text recognition &amp; manipulation.</w:t>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> EF Core 9 data access layer.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BD539B" w14:textId="77777777" w:rsidR="00B87C12" w:rsidRDefault="00B87C12" w:rsidP="00B87C12">
+    <w:p w14:paraId="1A52FAB5" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>DbContext</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> per domain (Vault, Core, ML)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C68AAB2" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Fluent configuration + migrations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566970AA" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">Connection factory supporting Azure SQL and SQLite </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>fallback</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2614094B" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Secretless</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> data access integration via Vault project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B54C6C" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
+        <w:ind w:left="288"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth.Vault</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="51B86634" w14:textId="7E9AC945" w:rsidR="00F3696E" w:rsidRDefault="00F3696E" w:rsidP="006E0605">
+    <w:p w14:paraId="6B41C4B1" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F3696E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00ED636C">
+      <w:r w:rsidRPr="00BE6935">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Microsoft Azure</w:t>
+        <w:t>Purpose:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F3696E">
-        <w:t xml:space="preserve"> in Redmond, WA, serving as the Lead Sr. Web Software Engineer, Solution Architect &amp; Full-Stack .NET Developer. Acted as an unofficial small business Cloud services guinea pig, contributing over 1,200 hours to testing the latest in Cloud Computing services. Collaborated with Azure Billing and Development Teams on unconventional tasks, troubleshooting issues, and providing feedback to improve Azure services.</w:t>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Encrypted secrets + configuration management.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D5084F" w14:textId="77777777" w:rsidR="00B87C12" w:rsidRDefault="00B87C12" w:rsidP="00B87C12">
+    <w:p w14:paraId="5523A4FF" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>AES-256 + DPAPI hybrid key store</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537DBDA7" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Secret rotation API with audit trails</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E1828B" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Optional Azure Key Vault / local JSON store bridging</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B59BDEC" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Self-signing license and environment token generator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD8061D" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
+        <w:ind w:left="288"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth.Presentation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0FBCF55F" w14:textId="65239A41" w:rsidR="00ED636C" w:rsidRDefault="00ED636C" w:rsidP="006E0605">
+    <w:p w14:paraId="466F5848" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="00ED636C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00ED636C">
+      <w:r w:rsidRPr="00BE6935">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Door Dash</w:t>
+        <w:t>Purpose:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED636C">
-        <w:t xml:space="preserve"> in San Francisco, CA, serving as the Lead Sr. Web Software Engineer, Solution Architect &amp; Full-Stack .NET Developer. Helped identify over 50 bugs with solutions to all, provided over a half dozen game changing ideas that would help Door Dash drivers.</w:t>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Razor Class Library for dashboards and shared UI.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389AA284" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Blazor Server components for reports and live health stats</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F596C0F" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Shared Bootstrap 5.3 themes and icons</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44934794" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">Reusable layout partials (Header.md, Footer.md) mapped via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>DocsX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="612DC138" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="288"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth.MauiHybrid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="335A73FC" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Purpose:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Cross-platform MAUI Hybrid app (Windows + Mobile).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302060F1" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>WebView-hybrid embedding of Blazor components</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6533C195" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Local offline caching + telemetry sync</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D966EA3" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Integrates Helix/Lumina Gate for offline seed validation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1F2034" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">Host for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>SelfHealth.Halos.Maui.Shared</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> UI modules</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4823658C" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="288"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.Utilities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="10FB92F7" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Purpose:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Shared tooling and automation scripts.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E41BED0" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>PowerShell + Node scripts for CI, normalization, tagging, and gating</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B41E410" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Centralized Halos Gate Toolchain entry point (lumina-gate.ps1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D723FD" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>JSON schema validators and markdown processors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8C6326" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="288"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth.DocumentManagement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2DC47229" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Purpose:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Document pipeline for markdown, PDFs, and templates.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="645C6210" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>DocsX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>/match processor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472AF17B" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Markdown → PDF/Word/HTML converters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="557EC437" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">Future home of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>DocsX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Mapping Validator + AA Alerts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3A4539" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="288"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SelfHealth.Unitx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="057E9458" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Purpose:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> Unified testing framework.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BE6935">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640DB887" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>xUnit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve"> test harness for Core, Data, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>WebApi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7D6CF499" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t xml:space="preserve">Coverage gating (≥ 95%) enforced via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>EnvelopeValidator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="57F07E74" w14:textId="77777777" w:rsidR="00BE6935" w:rsidRPr="00BE6935" w:rsidRDefault="00BE6935" w:rsidP="00BE6935">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6935">
+        <w:t>Snapshot testing for materialized envelopes and reports</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F8EE50E" w14:textId="77777777" w:rsidR="00003455" w:rsidRDefault="00003455" w:rsidP="00003455"/>
     <w:p w14:paraId="3AECC170" w14:textId="1FDA9C4A" w:rsidR="00ED636C" w:rsidRDefault="00ED636C" w:rsidP="00ED636C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED636C">
         <w:t>RCS (RED CURVE SOLUTIONS, INC.)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | FULL-TIME</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Jun, 2018 – Feb, 2021</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27C5C885" w14:textId="77777777" w:rsidR="00ED636C" w:rsidRPr="00F3696E" w:rsidRDefault="00ED636C" w:rsidP="00ED636C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -792,51 +1412,50 @@
     </w:p>
     <w:p w14:paraId="4CC6C5C2" w14:textId="074DD427" w:rsidR="00ED636C" w:rsidRDefault="00ED636C" w:rsidP="00ED636C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED636C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Notable Achievements:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED636C">
         <w:t xml:space="preserve"> Developed and maintained custom accounting software exclusively managing campaign proceeds for the United States Republic Party over the past decade. Worked with prominent clients including Governor Charlie Baker, Senator Mitt Romney, and former President Donald J. Trump.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="009D7EF8" w14:textId="51E160B5" w:rsidR="00ED636C" w:rsidRDefault="00ED636C" w:rsidP="00ED636C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED636C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Continued Role:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED636C">
         <w:t xml:space="preserve"> Served as Lead Sr. Web Software Developer for almost 3 years. Currently on-call for knowledge sharing sessions and emergencies, maintaining a work laptop. Objectives are complete, and new clients or employers are the current priority.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DEA2CB7" w14:textId="77777777" w:rsidR="00ED636C" w:rsidRDefault="00ED636C" w:rsidP="00ED636C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="288"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2478D1D4" w14:textId="51F7146D" w:rsidR="00ED636C" w:rsidRDefault="00ED636C" w:rsidP="00ED636C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED636C">
         <w:t xml:space="preserve">OPTUM / UHG / DOVETAIL HEALTH </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">| </w:t>
@@ -1004,50 +1623,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B87C12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Lead Designer, Client-Side Developer, Server-Side Developer </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6530CE4A" w14:textId="03AD156A" w:rsidR="00B87C12" w:rsidRDefault="00B87C12" w:rsidP="00B87C12">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B87C12">
+        <w:lastRenderedPageBreak/>
         <w:t>Led design, client-side development, server-side development, and SQL Server/Entity Framework architecture for my own product, Toppler™, located in Mansfield, MA</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C66E6A5" w14:textId="77777777" w:rsidR="00B87C12" w:rsidRDefault="00B87C12" w:rsidP="00B87C12">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32AB01CA" w14:textId="7422AD07" w:rsidR="00B87C12" w:rsidRDefault="00B87C12" w:rsidP="00B87C12">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00ED636C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Technologies Leveraged:</w:t>
@@ -1552,50 +2172,51 @@
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03E1D25E" w14:textId="19C5053D" w:rsidR="003632C9" w:rsidRPr="003632C9" w:rsidRDefault="009C6F8A" w:rsidP="009C6F8A">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:rStyle w:val="Heading6Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003632C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>OPSEC SECURITY |</w:t>
       </w:r>
       <w:r w:rsidR="003632C9" w:rsidRPr="003632C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003632C9" w:rsidRPr="003632C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
       <w:r w:rsidR="003632C9" w:rsidRPr="003632C9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
@@ -2069,51 +2690,50 @@
         </w:rPr>
         <w:t xml:space="preserve">Full-Time </w:t>
       </w:r>
       <w:r w:rsidR="00782B6E" w:rsidRPr="00782B6E">
         <w:rPr>
           <w:rStyle w:val="Heading6Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>| JAN 2009 - JAN 2006</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218DA4F9" w14:textId="1ECC2B88" w:rsidR="009C6F8A" w:rsidRPr="009C6F8A" w:rsidRDefault="009C6F8A" w:rsidP="009C6F8A">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:rStyle w:val="Heading6Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6F8A">
         <w:rPr>
           <w:rStyle w:val="Heading6Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Jr. Web Developer, Project Manager </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="319880A8" w14:textId="77777777" w:rsidR="009C6F8A" w:rsidRDefault="009C6F8A" w:rsidP="009C6F8A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6F8A">
         <w:rPr>
           <w:rFonts w:eastAsia="Open Sans" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Co-developed over 100 advertising solutions for PLM advertisers, utilizing Asp.NET, SQL Server database, and client-side applications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="113F5BB6" w14:textId="77777777" w:rsidR="00782B6E" w:rsidRDefault="00782B6E" w:rsidP="009C6F8A">
       <w:pPr>
@@ -2786,51 +3406,50 @@
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0241B1EF" w14:textId="370B9EF0" w:rsidR="002258A0" w:rsidRPr="002258A0" w:rsidRDefault="002258A0" w:rsidP="002258A0">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>My GitHub Technologies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC6AEAB" w14:textId="565229D6" w:rsidR="002258A0" w:rsidRPr="002258A0" w:rsidRDefault="002258A0" w:rsidP="002258A0">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="002258A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Visual Studio (v </w:t>
         </w:r>
         <w:r w:rsidR="00642053">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>17.13.6</w:t>
         </w:r>
         <w:r w:rsidRPr="002258A0">
@@ -3061,71 +3680,71 @@
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F41BEE" w:rsidSect="00ED598E">
       <w:headerReference w:type="even" r:id="rId40"/>
       <w:headerReference w:type="default" r:id="rId41"/>
       <w:footerReference w:type="even" r:id="rId42"/>
       <w:footerReference w:type="default" r:id="rId43"/>
       <w:headerReference w:type="first" r:id="rId44"/>
       <w:footerReference w:type="first" r:id="rId45"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="907" w:right="1512" w:bottom="720" w:left="1368" w:header="576" w:footer="288" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EBA4A59" w14:textId="77777777" w:rsidR="00BF40CA" w:rsidRDefault="00BF40CA">
+    <w:p w14:paraId="7F9AB109" w14:textId="77777777" w:rsidR="00994F67" w:rsidRDefault="00994F67">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7768DEF6" w14:textId="77777777" w:rsidR="00BF40CA" w:rsidRDefault="00BF40CA">
+    <w:p w14:paraId="0379AF79" w14:textId="77777777" w:rsidR="00994F67" w:rsidRDefault="00994F67">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="312516FA" w14:textId="77777777" w:rsidR="00BF40CA" w:rsidRDefault="00BF40CA">
+    <w:p w14:paraId="27B55E24" w14:textId="77777777" w:rsidR="00994F67" w:rsidRDefault="00994F67">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -3220,190 +3839,136 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39081B74" w14:textId="77777777" w:rsidR="00ED598E" w:rsidRDefault="00ED598E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13600665" w14:textId="77777777" w:rsidR="00ED598E" w:rsidRDefault="00ED598E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46A1AB66" w14:textId="77777777" w:rsidR="00BF40CA" w:rsidRDefault="00BF40CA">
+    <w:p w14:paraId="5BF1D9C5" w14:textId="77777777" w:rsidR="00994F67" w:rsidRDefault="00994F67">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08456CFC" w14:textId="77777777" w:rsidR="00BF40CA" w:rsidRDefault="00BF40CA">
+    <w:p w14:paraId="6B98EA16" w14:textId="77777777" w:rsidR="00994F67" w:rsidRDefault="00994F67">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4F0B2AAD" w14:textId="77777777" w:rsidR="00BF40CA" w:rsidRDefault="00BF40CA">
+    <w:p w14:paraId="4CEC5605" w14:textId="77777777" w:rsidR="00994F67" w:rsidRDefault="00994F67">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="110E7DEE" w14:textId="77777777" w:rsidR="00ED598E" w:rsidRDefault="00ED598E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01EF25BC" w14:textId="77777777" w:rsidR="00ED598E" w:rsidRDefault="00ED598E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57595217" w14:textId="77777777" w:rsidR="00ED598E" w:rsidRDefault="00ED598E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <mc:AlternateContent>
-[...76 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1073" type="#_x0000_t75" style="width:7.5pt;height:7.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="263E7B54"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="21564550"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
@@ -3785,50 +4350,497 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E68682C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="42DC6C54"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17862DE2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D93A3444"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A8476A2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E8686D56"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39D60330"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="867E0FF0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -3907,51 +4919,200 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B6556B1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="35C29A86"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50702048"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="658AB4F0"/>
     <w:lvl w:ilvl="0" w:tplc="40090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="40090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4020,51 +5181,349 @@
     <w:lvl w:ilvl="7" w:tplc="40090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="40090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="517E0CA2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="87A89E3A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="664F2D5E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="32426BCC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AB31B25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32B47B86"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4134,51 +5593,349 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7475004D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="96722846"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77F70280"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="375E9DB2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79987E46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="215E6932"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4244,50 +6001,348 @@
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A66661B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E610B2E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E4C726C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D716F0DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1070227195">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1468006847">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="218326529">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="787820456">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1463615512">
@@ -4296,54 +6351,54 @@
   <w:num w:numId="6" w16cid:durableId="4554690">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1250849847">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="79299327">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="39936924">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="859515455">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1448234664">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1522163321">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1618027005">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="331106266">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="94441604">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:pStyle w:val="ListBullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="288" w:hanging="288"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="576" w:hanging="288"/>
         </w:pPr>
@@ -4438,51 +6493,51 @@
           <w:ind w:left="2304" w:hanging="288"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2592" w:hanging="288"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1086879013">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:pStyle w:val="ListBullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
@@ -4577,51 +6632,51 @@
           <w:ind w:left="2880" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="917131399">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:pStyle w:val="ListBullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
@@ -4716,51 +6771,51 @@
           <w:ind w:left="2880" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1550801266">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:pStyle w:val="ListBullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
@@ -4855,70 +6910,100 @@
           <w:ind w:left="2880" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
           <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1796757294">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1155410302">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="237330854">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="318122807">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="956371718">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="961496851">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="453913126">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1258908109">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2058973524">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="956371718">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="28" w16cid:durableId="981156133">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="117651802">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="149640587">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="566694411">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1256133462">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1125541140">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -5062,91 +7147,94 @@
     <w:rsid w:val="00873549"/>
     <w:rsid w:val="00886378"/>
     <w:rsid w:val="00886E4A"/>
     <w:rsid w:val="008916B6"/>
     <w:rsid w:val="008A7C16"/>
     <w:rsid w:val="008D5413"/>
     <w:rsid w:val="008D5A41"/>
     <w:rsid w:val="008D6A27"/>
     <w:rsid w:val="008E038B"/>
     <w:rsid w:val="008E10EB"/>
     <w:rsid w:val="008E5671"/>
     <w:rsid w:val="00912D4C"/>
     <w:rsid w:val="00924DC2"/>
     <w:rsid w:val="0093056E"/>
     <w:rsid w:val="0093754D"/>
     <w:rsid w:val="00950405"/>
     <w:rsid w:val="00950EA4"/>
     <w:rsid w:val="00952F98"/>
     <w:rsid w:val="00956C3B"/>
     <w:rsid w:val="00971892"/>
     <w:rsid w:val="0097323F"/>
     <w:rsid w:val="009757B2"/>
     <w:rsid w:val="009763C8"/>
     <w:rsid w:val="00982EDE"/>
     <w:rsid w:val="009858B8"/>
+    <w:rsid w:val="00994F67"/>
     <w:rsid w:val="009B24B9"/>
     <w:rsid w:val="009B3750"/>
+    <w:rsid w:val="009B682F"/>
     <w:rsid w:val="009C2119"/>
     <w:rsid w:val="009C429D"/>
     <w:rsid w:val="009C6F8A"/>
     <w:rsid w:val="009C7FD6"/>
     <w:rsid w:val="009D04EB"/>
     <w:rsid w:val="009D41D9"/>
     <w:rsid w:val="009D5B56"/>
     <w:rsid w:val="009E3475"/>
     <w:rsid w:val="009F2912"/>
     <w:rsid w:val="00A00679"/>
     <w:rsid w:val="00A152E5"/>
     <w:rsid w:val="00A249B7"/>
     <w:rsid w:val="00A36F7A"/>
     <w:rsid w:val="00A7066C"/>
     <w:rsid w:val="00A70EFD"/>
     <w:rsid w:val="00A8131A"/>
     <w:rsid w:val="00A84E1B"/>
     <w:rsid w:val="00AA2091"/>
     <w:rsid w:val="00AB2C3D"/>
     <w:rsid w:val="00AD7D4A"/>
     <w:rsid w:val="00AE655D"/>
     <w:rsid w:val="00AF3073"/>
     <w:rsid w:val="00AF3C48"/>
     <w:rsid w:val="00B038FF"/>
     <w:rsid w:val="00B063E6"/>
     <w:rsid w:val="00B15C87"/>
     <w:rsid w:val="00B203B6"/>
     <w:rsid w:val="00B35070"/>
     <w:rsid w:val="00B430AF"/>
     <w:rsid w:val="00B5201C"/>
     <w:rsid w:val="00B5257D"/>
     <w:rsid w:val="00B610B1"/>
     <w:rsid w:val="00B769EE"/>
     <w:rsid w:val="00B8342B"/>
     <w:rsid w:val="00B86516"/>
     <w:rsid w:val="00B87C12"/>
     <w:rsid w:val="00BB273E"/>
     <w:rsid w:val="00BD735D"/>
     <w:rsid w:val="00BE192F"/>
+    <w:rsid w:val="00BE6935"/>
     <w:rsid w:val="00BF1457"/>
     <w:rsid w:val="00BF40CA"/>
     <w:rsid w:val="00C03729"/>
     <w:rsid w:val="00C04033"/>
     <w:rsid w:val="00C30F46"/>
     <w:rsid w:val="00C444AC"/>
     <w:rsid w:val="00C57E43"/>
     <w:rsid w:val="00C6464E"/>
     <w:rsid w:val="00C72B59"/>
     <w:rsid w:val="00C86F4F"/>
     <w:rsid w:val="00C904F1"/>
     <w:rsid w:val="00C9734F"/>
     <w:rsid w:val="00CC75DB"/>
     <w:rsid w:val="00D016ED"/>
     <w:rsid w:val="00D05F48"/>
     <w:rsid w:val="00D241A0"/>
     <w:rsid w:val="00D33143"/>
     <w:rsid w:val="00D37D67"/>
     <w:rsid w:val="00D4111F"/>
     <w:rsid w:val="00D468C9"/>
     <w:rsid w:val="00D47B64"/>
     <w:rsid w:val="00D52131"/>
     <w:rsid w:val="00D56207"/>
     <w:rsid w:val="00D6278D"/>
     <w:rsid w:val="00D7441A"/>
@@ -30603,51 +32691,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A152E5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Powershell.md" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/AngularCli.md" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/AspNetCore.md" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jsilvestri.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Node.md" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Vite.md" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/NetFrameworkSdk.md" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Vue.md" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/NetCoreMauiHybrid.md" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/VisualStudio.md" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/NetCoreBlazor.md" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/React.md" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jsilvestri.com/home/services" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/npm.md" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/blob/master/JSopX.BridgeTooFar/DocsOpenX/Technologies/Bash.md" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/JasonSilvestri/JSopX.BridgeTooFar/tree/master/JSopX.BridgeTooFar/DocsOpenX/OpenProjects" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\jsilvestri\AppData\Roaming\Microsoft\Templates\ATS%20bold%20classic%20resume.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="08A4F07DC8AB4C65B2DED801A596C77E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -30828,56 +32916,58 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002620AB"/>
     <w:rsid w:val="00055CCB"/>
     <w:rsid w:val="002323E9"/>
     <w:rsid w:val="002620AB"/>
     <w:rsid w:val="003A5A05"/>
+    <w:rsid w:val="0051084F"/>
     <w:rsid w:val="00560190"/>
     <w:rsid w:val="0056469C"/>
     <w:rsid w:val="006361C3"/>
     <w:rsid w:val="008A3BDB"/>
     <w:rsid w:val="009A3261"/>
     <w:rsid w:val="009B3750"/>
+    <w:rsid w:val="009B682F"/>
     <w:rsid w:val="00AE655D"/>
     <w:rsid w:val="00BB31B6"/>
     <w:rsid w:val="00EC026C"/>
     <w:rsid w:val="00F10C81"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -31585,83 +33675,79 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Image xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Image>
     <Status xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">Not started</Status>
     <Background xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">false</Background>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <ImageTagsTaxHTField xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </ImageTagsTaxHTField>
     <TaxCatchAll xmlns="230e9df3-be65-4c73-a93b-d1236ebd677e" xsi:nil="true"/>
     <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010079F111ED35F8CC479449609E8A0923A6" ma:contentTypeVersion="26" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ac37c1753acd5e330d2062ccec26ea66">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xmlns:ns3="16c05727-aa75-4e4a-9b5f-8a80a1165891" xmlns:ns4="230e9df3-be65-4c73-a93b-d1236ebd677e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3b340c7101c92c5120abd06486f94548" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <xsd:import namespace="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Image" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -31917,133 +34003,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9893E80-0AB2-4C42-8D6E-F0C64251EDE9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B690CEF4-07C7-4C0C-A6BB-7328017E8EDA}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AABE5AEB-BD32-46FB-B4E8-5C314C3FA503}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46268ACC-32FC-4261-BF80-5F6DE34E1C11}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
     <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
     <ds:schemaRef ds:uri="230e9df3-be65-4c73-a93b-d1236ebd677e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B690CEF4-07C7-4C0C-A6BB-7328017E8EDA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ATS bold classic resume</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2650</Words>
-  <Characters>15106</Characters>
+  <Words>2483</Words>
+  <Characters>14156</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>125</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>307</Lines>
+  <Paragraphs>152</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17721</CharactersWithSpaces>
+  <CharactersWithSpaces>16487</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jason Silvestri</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">